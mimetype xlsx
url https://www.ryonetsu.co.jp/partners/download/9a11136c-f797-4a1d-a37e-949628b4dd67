--- v0 (2025-12-26)
+++ v1 (2026-02-09)
@@ -4,123 +4,137 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20414"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gouroku-yasuhiro\Desktop\00_合六作業用\22_★総務企画部企画課\20240917_請求書書式変更\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\172.16.20.12\業務部内共有$\社内帳票様式\書式（最新）\インボイス制度対応請求書\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1F675C8-FB3B-4B3F-A452-522F596021E1}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FBB7D74E-FAC5-423D-A3D0-6E918BDD52B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="記入例" sheetId="3" r:id="rId1"/>
     <sheet name="請求書 " sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="☆_データ_☆" localSheetId="0">#REF!</definedName>
     <definedName name="☆_データ_☆" localSheetId="1">#REF!</definedName>
     <definedName name="☆_データ_☆">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">記入例!$A$1:$AD$54</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'請求書 '!$A$1:$R$53</definedName>
     <definedName name="あ" localSheetId="0">#REF!</definedName>
     <definedName name="あ" localSheetId="1">#REF!</definedName>
     <definedName name="あ">#REF!</definedName>
     <definedName name="あああああ">[1]ｺｰﾄﾞ!$I$302:$K$1072</definedName>
     <definedName name="ﾒｰｶｰﾘｽﾄ" localSheetId="0">#REF!</definedName>
     <definedName name="ﾒｰｶｰﾘｽﾄ" localSheetId="1">#REF!</definedName>
     <definedName name="ﾒｰｶｰﾘｽﾄ">#REF!</definedName>
     <definedName name="起_票" localSheetId="0">#REF!</definedName>
     <definedName name="起_票" localSheetId="1">#REF!</definedName>
     <definedName name="起_票">#REF!</definedName>
     <definedName name="原価要素" localSheetId="0">#REF!</definedName>
     <definedName name="原価要素" localSheetId="1">#REF!</definedName>
     <definedName name="原価要素">#REF!</definedName>
     <definedName name="工事名称" localSheetId="0">#REF!</definedName>
     <definedName name="工事名称" localSheetId="1">#REF!</definedName>
     <definedName name="工事名称">#REF!</definedName>
     <definedName name="正" localSheetId="0">#REF!</definedName>
     <definedName name="正" localSheetId="1">#REF!</definedName>
     <definedName name="正">#REF!</definedName>
     <definedName name="請求書記入例">#REF!</definedName>
     <definedName name="直接1" localSheetId="0">#REF!</definedName>
     <definedName name="直接1" localSheetId="1">#REF!</definedName>
     <definedName name="直接1">#REF!</definedName>
     <definedName name="直接2" localSheetId="0">#REF!</definedName>
     <definedName name="直接2" localSheetId="1">#REF!</definedName>
     <definedName name="直接2">#REF!</definedName>
     <definedName name="要素名">[2]ｺｰﾄﾞ!$F$150:$G$253</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="P26" i="3" l="1"/>
   <c r="P28" i="3" l="1"/>
   <c r="P31" i="3" s="1"/>
   <c r="P33" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="75">
   <si>
     <t>発行日</t>
     <rPh sb="0" eb="3">
       <t>ハッコウビ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>御請求書</t>
     <rPh sb="0" eb="1">
       <t>ゴ</t>
     </rPh>
     <rPh sb="1" eb="4">
       <t>セイキュウショ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>株式会社　菱熱　御中</t>
     <rPh sb="0" eb="4">
       <t>カブシキガイシャ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>リョウネツ</t>
     </rPh>
@@ -268,57 +282,50 @@
     <rPh sb="0" eb="4">
       <t>テイジシハライ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ツキ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>伝票No.</t>
     <rPh sb="0" eb="2">
       <t>デンピョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>処理年月日</t>
     <rPh sb="0" eb="5">
       <t>ショリネンガッピ</t>
     </rPh>
     <phoneticPr fontId="2"/>
-  </si>
-[...5 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>所属コード</t>
     <rPh sb="0" eb="2">
       <t>ショゾク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>（工事№記載時は記入不要）</t>
   </si>
   <si>
     <t>立替金(1)</t>
     <rPh sb="0" eb="3">
       <t>タテカエキン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>立替金(2)</t>
     <rPh sb="0" eb="3">
       <t>タテカエキン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
@@ -494,85 +501,59 @@
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※その他記載事項がある場合は下記記入</t>
     <rPh sb="3" eb="4">
       <t>タ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キサイ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ジコウ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>バアイ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>カキ</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>振込手数料は請求者にてご負担願います</t>
-[...14 lines deleted...]
-  <si>
     <t>*　　8</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>要素コード</t>
     <rPh sb="0" eb="2">
       <t>ヨウソ</t>
     </rPh>
     <phoneticPr fontId="3"/>
-  </si>
-[...8 lines deleted...]
-    <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>他 (                )</t>
     <rPh sb="0" eb="1">
       <t>ホカ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>金額</t>
     <rPh sb="0" eb="2">
       <t>キンガク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>不就労</t>
     <rPh sb="0" eb="3">
       <t>フシュウロウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>稼働年月日</t>
     <rPh sb="0" eb="5">
@@ -725,63 +706,80 @@
       </rPr>
       <t>他</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="ＭＳ Ｐ明朝"/>
         <family val="1"/>
         <charset val="128"/>
       </rPr>
       <t xml:space="preserve"> (                )</t>
     </r>
     <rPh sb="0" eb="1">
       <t>ホカ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>2023/10/1-2023/10/31</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>☑</t>
   </si>
+  <si>
+    <t>2026.1改訂</t>
+    <rPh sb="6" eb="8">
+      <t>カイテイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>支払条件　現金100%</t>
+    <rPh sb="0" eb="4">
+      <t>シハライジョウケン</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ゲンキン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="176" formatCode="m&quot;月&quot;d&quot;日&quot;;@"/>
     <numFmt numFmtId="177" formatCode="#,##0_ "/>
     <numFmt numFmtId="178" formatCode="yyyy&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
     <numFmt numFmtId="179" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="180" formatCode="#,##0_);[Red]\(#,##0\)"/>
-    <numFmt numFmtId="182" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
-    <numFmt numFmtId="183" formatCode="#,##0.00_);[Red]\(#,##0.00\)"/>
+    <numFmt numFmtId="181" formatCode="#,##0_ ;[Red]\-#,##0\ "/>
+    <numFmt numFmtId="182" formatCode="#,##0.00_);[Red]\(#,##0.00\)"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1070,678 +1068,678 @@
   </cellStyleXfs>
   <cellXfs count="194">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="180" fontId="11" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="181" fontId="10" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="10" fillId="0" borderId="7" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="182" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="179" fontId="10" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="179" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="11" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="11" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="11" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="10" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="180" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="10" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="180" fontId="10" fillId="0" borderId="7" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="10" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="10" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="5" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="5" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="5" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="5" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="5" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="11" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="11" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="177" fontId="11" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="11" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="11" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="11" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" shrinkToFit="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" shrinkToFit="1"/>
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="11" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="11" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="11" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="176" fontId="11" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="176" fontId="11" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...526 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="桁区切り" xfId="2" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="2">
     <dxf>
-      <numFmt numFmtId="185" formatCode="#,##0.??"/>
+      <numFmt numFmtId="183" formatCode="0_ "/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="184" formatCode="0_ "/>
+      <numFmt numFmtId="184" formatCode="#,##0.??"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>466725</xdr:colOff>
       <xdr:row>0</xdr:row>
@@ -2931,51 +2929,51 @@
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100"/>
         </a:p>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100"/>
         </a:p>
         <a:p>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="http://172.16.20.1/Documents%20and%20Settings/INOUE/&#12487;&#12473;&#12463;&#12488;&#12483;&#12503;/&#30906;&#23450;&#26360;&#24335;.XLS" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="http://172.16.20.4/&#12372;&#33258;&#30001;&#12395;&#12393;&#12358;&#12382;/&#12420;&#12377;&#12425;&#12366;&#12398;&#26862;&#30149;&#38498;&#20182;&#26032;&#31689;&#24037;&#20107;.XLS" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="注意事項"/>
       <sheetName val="予算書目標"/>
       <sheetName val="経費表"/>
       <sheetName val="ｺｰﾄﾞ"/>
       <sheetName val="内訳書 (7)"/>
       <sheetName val="内訳書 (8)"/>
       <sheetName val="図面リスト"/>
       <sheetName val="見積依頼"/>
       <sheetName val="議事録"/>
       <sheetName val="連絡書"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3">
         <row r="302">
           <cell r="I302" t="str">
             <v>No</v>
           </cell>
           <cell r="J302" t="str">
             <v>ﾒ ｰ ｶ ｰ 名</v>
           </cell>
@@ -7705,51 +7703,51 @@
           </cell>
         </row>
         <row r="1021">
           <cell r="I1021" t="str">
             <v>C269</v>
           </cell>
         </row>
         <row r="1022">
           <cell r="I1022" t="str">
             <v>C270</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="予算書(病院)"/>
       <sheetName val="予算書(ｸﾞﾙｰﾌﾟﾎｰﾑ)"/>
       <sheetName val="予算書(ｹｱﾊｳｽ)"/>
       <sheetName val="予算書(共用)"/>
       <sheetName val="経費表"/>
       <sheetName val="ｺｰﾄﾞ"/>
       <sheetName val="病院"/>
       <sheetName val="ｸﾞﾙｰﾌﾟﾎｰﾑ"/>
       <sheetName val="ｹｱﾊｳｽ"/>
       <sheetName val="共用"/>
       <sheetName val="予算書(全体)"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1">
         <row r="150">
           <cell r="F150" t="str">
             <v>ｺ ｰ ﾄﾞ</v>
           </cell>
@@ -8297,91 +8295,91 @@
           </cell>
           <cell r="G236" t="str">
             <v>小　　計</v>
           </cell>
         </row>
         <row r="237">
           <cell r="F237" t="str">
             <v>B</v>
           </cell>
           <cell r="G237" t="str">
             <v>小　　計</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
       <sheetData sheetId="10" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -8443,51 +8441,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -8585,3009 +8583,3009 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr>
+  <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AB54"/>
   <sheetViews>
-    <sheetView showZeros="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showZeros="0" topLeftCell="A31" workbookViewId="0">
+      <selection activeCell="A46" sqref="A46:B46"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="18" width="5.125" style="54" customWidth="1"/>
-    <col min="19" max="16384" width="9" style="54"/>
+    <col min="1" max="18" width="5.125" style="7" customWidth="1"/>
+    <col min="19" max="16384" width="9" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A1" s="49"/>
-[...11 lines deleted...]
-      <c r="M1" s="50" t="s">
+      <c r="A1" s="6"/>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="6"/>
+      <c r="J1" s="6"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+      <c r="M1" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="N1" s="51"/>
-      <c r="O1" s="52">
+      <c r="N1" s="55"/>
+      <c r="O1" s="56">
         <v>45230</v>
       </c>
-      <c r="P1" s="52"/>
-[...1 lines deleted...]
-      <c r="R1" s="53"/>
+      <c r="P1" s="56"/>
+      <c r="Q1" s="56"/>
+      <c r="R1" s="57"/>
     </row>
     <row r="2" spans="1:18" ht="24" x14ac:dyDescent="0.4">
-      <c r="A2" s="55" t="s">
+      <c r="A2" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="55"/>
-[...15 lines deleted...]
-      <c r="R2" s="55"/>
+      <c r="B2" s="58"/>
+      <c r="C2" s="58"/>
+      <c r="D2" s="58"/>
+      <c r="E2" s="58"/>
+      <c r="F2" s="58"/>
+      <c r="G2" s="58"/>
+      <c r="H2" s="58"/>
+      <c r="I2" s="58"/>
+      <c r="J2" s="58"/>
+      <c r="K2" s="58"/>
+      <c r="L2" s="58"/>
+      <c r="M2" s="58"/>
+      <c r="N2" s="58"/>
+      <c r="O2" s="58"/>
+      <c r="P2" s="58"/>
+      <c r="Q2" s="58"/>
+      <c r="R2" s="58"/>
     </row>
     <row r="3" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="49"/>
-[...16 lines deleted...]
-      <c r="R3" s="49"/>
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A4" s="56" t="s">
+      <c r="A4" s="59" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="56"/>
-[...4 lines deleted...]
-      <c r="G4" s="57" t="s">
+      <c r="B4" s="59"/>
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="6"/>
+      <c r="G4" s="60" t="s">
         <v>3</v>
       </c>
-      <c r="H4" s="58"/>
-      <c r="I4" s="59" t="s">
+      <c r="H4" s="61"/>
+      <c r="I4" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="J4" s="60" t="s">
+      <c r="J4" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="K4" s="61" t="s">
-[...7 lines deleted...]
-      <c r="Q4" s="50" t="s">
+      <c r="K4" s="65" t="s">
+        <v>62</v>
+      </c>
+      <c r="L4" s="65"/>
+      <c r="M4" s="65"/>
+      <c r="N4" s="65"/>
+      <c r="O4" s="65"/>
+      <c r="P4" s="66"/>
+      <c r="Q4" s="45" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="51"/>
+      <c r="R4" s="55"/>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A5" s="56"/>
-[...5 lines deleted...]
-      <c r="G5" s="63">
+      <c r="A5" s="59"/>
+      <c r="B5" s="59"/>
+      <c r="C5" s="59"/>
+      <c r="D5" s="59"/>
+      <c r="E5" s="59"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="69">
         <v>12345</v>
       </c>
-      <c r="H5" s="64"/>
-[...1 lines deleted...]
-      <c r="J5" s="66"/>
+      <c r="H5" s="70"/>
+      <c r="I5" s="63"/>
+      <c r="J5" s="9"/>
       <c r="K5" s="67"/>
       <c r="L5" s="67"/>
       <c r="M5" s="67"/>
       <c r="N5" s="67"/>
       <c r="O5" s="67"/>
       <c r="P5" s="68"/>
-      <c r="Q5" s="66"/>
-      <c r="R5" s="69"/>
+      <c r="Q5" s="9"/>
+      <c r="R5" s="10"/>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A6" s="49"/>
-[...8 lines deleted...]
-      <c r="J6" s="66"/>
+      <c r="A6" s="6"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="71"/>
+      <c r="H6" s="43"/>
+      <c r="I6" s="63"/>
+      <c r="J6" s="9"/>
       <c r="K6" s="67"/>
       <c r="L6" s="67"/>
       <c r="M6" s="67"/>
       <c r="N6" s="67"/>
       <c r="O6" s="67"/>
       <c r="P6" s="68"/>
-      <c r="Q6" s="66"/>
-      <c r="R6" s="69"/>
+      <c r="Q6" s="9"/>
+      <c r="R6" s="10"/>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A7" s="49"/>
-[...8 lines deleted...]
-      <c r="J7" s="66" t="s">
+      <c r="A7" s="6"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="63"/>
+      <c r="J7" s="9" t="s">
         <v>7</v>
       </c>
       <c r="K7" s="72" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="L7" s="72"/>
       <c r="M7" s="72"/>
       <c r="N7" s="72"/>
       <c r="O7" s="72"/>
       <c r="P7" s="73"/>
-      <c r="Q7" s="66"/>
-      <c r="R7" s="69"/>
+      <c r="Q7" s="9"/>
+      <c r="R7" s="10"/>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A8" s="49"/>
-[...8 lines deleted...]
-      <c r="J8" s="66"/>
+      <c r="A8" s="6"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+      <c r="G8" s="6"/>
+      <c r="H8" s="6"/>
+      <c r="I8" s="63"/>
+      <c r="J8" s="9"/>
       <c r="K8" s="72"/>
       <c r="L8" s="72"/>
       <c r="M8" s="72"/>
       <c r="N8" s="72"/>
       <c r="O8" s="72"/>
       <c r="P8" s="73"/>
-      <c r="Q8" s="66"/>
-      <c r="R8" s="69"/>
+      <c r="Q8" s="9"/>
+      <c r="R8" s="10"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A9" s="49"/>
-[...8 lines deleted...]
-      <c r="J9" s="66"/>
+      <c r="A9" s="6"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="63"/>
+      <c r="J9" s="9"/>
       <c r="K9" s="72"/>
       <c r="L9" s="72"/>
       <c r="M9" s="72"/>
       <c r="N9" s="72"/>
       <c r="O9" s="72"/>
       <c r="P9" s="73"/>
-      <c r="Q9" s="66"/>
-      <c r="R9" s="69"/>
+      <c r="Q9" s="9"/>
+      <c r="R9" s="10"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A10" s="49"/>
-[...8 lines deleted...]
-      <c r="J10" s="66" t="s">
+      <c r="A10" s="6"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="63"/>
+      <c r="J10" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="K10" s="49"/>
-[...8 lines deleted...]
-      <c r="R10" s="69"/>
+      <c r="K10" s="6"/>
+      <c r="L10" s="41" t="s">
+        <v>64</v>
+      </c>
+      <c r="M10" s="41"/>
+      <c r="N10" s="41"/>
+      <c r="O10" s="41"/>
+      <c r="P10" s="42"/>
+      <c r="Q10" s="9"/>
+      <c r="R10" s="10"/>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A11" s="49"/>
-[...16 lines deleted...]
-      <c r="R11" s="80"/>
+      <c r="A11" s="6"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="64"/>
+      <c r="J11" s="11"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="43"/>
+      <c r="M11" s="43"/>
+      <c r="N11" s="43"/>
+      <c r="O11" s="43"/>
+      <c r="P11" s="44"/>
+      <c r="Q11" s="11"/>
+      <c r="R11" s="13"/>
     </row>
     <row r="12" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="49"/>
-[...16 lines deleted...]
-      <c r="R12" s="49"/>
+      <c r="A12" s="6"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="6"/>
+      <c r="K12" s="6"/>
+      <c r="L12" s="6"/>
+      <c r="M12" s="6"/>
+      <c r="N12" s="6"/>
+      <c r="O12" s="6"/>
+      <c r="P12" s="6"/>
+      <c r="Q12" s="6"/>
+      <c r="R12" s="6"/>
     </row>
     <row r="13" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="50" t="s">
+      <c r="A13" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="82"/>
-[...5 lines deleted...]
-      <c r="F13" s="86" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="47" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" s="48"/>
+      <c r="E13" s="49"/>
+      <c r="F13" s="50" t="s">
         <v>10</v>
       </c>
-      <c r="G13" s="87"/>
-[...12 lines deleted...]
-      <c r="P13" s="89">
+      <c r="G13" s="51"/>
+      <c r="H13" s="47" t="s">
+        <v>61</v>
+      </c>
+      <c r="I13" s="48"/>
+      <c r="J13" s="48"/>
+      <c r="K13" s="48"/>
+      <c r="L13" s="48"/>
+      <c r="M13" s="48"/>
+      <c r="N13" s="49"/>
+      <c r="O13" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="P13" s="52">
         <v>308000</v>
       </c>
-      <c r="Q13" s="90"/>
-      <c r="R13" s="91"/>
+      <c r="Q13" s="53"/>
+      <c r="R13" s="54"/>
     </row>
     <row r="14" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="50" t="s">
+      <c r="A14" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="82"/>
-[...3 lines deleted...]
-      <c r="F14" s="86" t="s">
+      <c r="B14" s="46"/>
+      <c r="C14" s="74"/>
+      <c r="D14" s="75"/>
+      <c r="E14" s="76"/>
+      <c r="F14" s="50" t="s">
         <v>10</v>
       </c>
-      <c r="G14" s="87"/>
-[...12 lines deleted...]
-      <c r="R14" s="97"/>
+      <c r="G14" s="51"/>
+      <c r="H14" s="74"/>
+      <c r="I14" s="75"/>
+      <c r="J14" s="75"/>
+      <c r="K14" s="75"/>
+      <c r="L14" s="75"/>
+      <c r="M14" s="75"/>
+      <c r="N14" s="76"/>
+      <c r="O14" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="P14" s="77"/>
+      <c r="Q14" s="78"/>
+      <c r="R14" s="79"/>
     </row>
     <row r="15" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="50" t="s">
+      <c r="A15" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="82"/>
-[...3 lines deleted...]
-      <c r="F15" s="86" t="s">
+      <c r="B15" s="46"/>
+      <c r="C15" s="74"/>
+      <c r="D15" s="75"/>
+      <c r="E15" s="76"/>
+      <c r="F15" s="50" t="s">
         <v>10</v>
       </c>
-      <c r="G15" s="87"/>
-[...12 lines deleted...]
-      <c r="R15" s="97"/>
+      <c r="G15" s="51"/>
+      <c r="H15" s="74"/>
+      <c r="I15" s="75"/>
+      <c r="J15" s="75"/>
+      <c r="K15" s="75"/>
+      <c r="L15" s="75"/>
+      <c r="M15" s="75"/>
+      <c r="N15" s="76"/>
+      <c r="O15" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="P15" s="77"/>
+      <c r="Q15" s="78"/>
+      <c r="R15" s="79"/>
     </row>
     <row r="16" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="50" t="s">
-[...6 lines deleted...]
-      <c r="F16" s="50" t="s">
+      <c r="A16" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="55"/>
+      <c r="F16" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" s="46"/>
+      <c r="H16" s="55"/>
+      <c r="I16" s="45" t="s">
+        <v>60</v>
+      </c>
+      <c r="J16" s="55"/>
+      <c r="K16" s="45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" s="55"/>
+      <c r="M16" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" s="46"/>
+      <c r="O16" s="55"/>
+      <c r="P16" s="46" t="s">
         <v>36</v>
       </c>
-      <c r="G16" s="82"/>
-[...18 lines deleted...]
-      <c r="R16" s="51"/>
+      <c r="Q16" s="46"/>
+      <c r="R16" s="55"/>
     </row>
     <row r="17" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="98" t="s">
-[...11 lines deleted...]
-      <c r="I17" s="101">
+      <c r="A17" s="90" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" s="91"/>
+      <c r="C17" s="91"/>
+      <c r="D17" s="91"/>
+      <c r="E17" s="92"/>
+      <c r="F17" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" s="46"/>
+      <c r="H17" s="55"/>
+      <c r="I17" s="16">
         <v>160</v>
       </c>
-      <c r="J17" s="102" t="s">
-[...2 lines deleted...]
-      <c r="K17" s="103">
+      <c r="J17" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="K17" s="99">
         <v>1500</v>
       </c>
-      <c r="L17" s="104"/>
-      <c r="M17" s="105">
+      <c r="L17" s="100"/>
+      <c r="M17" s="86">
         <v>240000</v>
       </c>
-      <c r="N17" s="106"/>
-[...10 lines deleted...]
-      <c r="AB17" s="112"/>
+      <c r="N17" s="87"/>
+      <c r="O17" s="88"/>
+      <c r="P17" s="80"/>
+      <c r="Q17" s="81"/>
+      <c r="R17" s="82"/>
+      <c r="V17" s="89"/>
+      <c r="W17" s="89"/>
+      <c r="X17" s="89"/>
+      <c r="Y17" s="89"/>
+      <c r="Z17" s="89"/>
+      <c r="AA17" s="18"/>
+      <c r="AB17" s="18"/>
     </row>
     <row r="18" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="113"/>
-[...9 lines deleted...]
-      <c r="I18" s="101">
+      <c r="A18" s="93"/>
+      <c r="B18" s="94"/>
+      <c r="C18" s="94"/>
+      <c r="D18" s="94"/>
+      <c r="E18" s="95"/>
+      <c r="F18" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" s="46"/>
+      <c r="H18" s="55"/>
+      <c r="I18" s="16">
         <v>10</v>
       </c>
-      <c r="J18" s="102" t="s">
-[...2 lines deleted...]
-      <c r="K18" s="103">
+      <c r="J18" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="K18" s="99">
         <v>2000</v>
       </c>
-      <c r="L18" s="104"/>
-      <c r="M18" s="105">
+      <c r="L18" s="100"/>
+      <c r="M18" s="86">
         <v>20000</v>
       </c>
-      <c r="N18" s="106"/>
-[...5 lines deleted...]
-      <c r="AB18" s="112"/>
+      <c r="N18" s="87"/>
+      <c r="O18" s="88"/>
+      <c r="P18" s="80"/>
+      <c r="Q18" s="81"/>
+      <c r="R18" s="82"/>
+      <c r="AA18" s="18"/>
+      <c r="AB18" s="18"/>
     </row>
     <row r="19" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="116"/>
-[...9 lines deleted...]
-      <c r="I19" s="101">
+      <c r="A19" s="96"/>
+      <c r="B19" s="97"/>
+      <c r="C19" s="97"/>
+      <c r="D19" s="97"/>
+      <c r="E19" s="98"/>
+      <c r="F19" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" s="46"/>
+      <c r="H19" s="55"/>
+      <c r="I19" s="16">
         <v>5</v>
       </c>
-      <c r="J19" s="102" t="s">
-[...2 lines deleted...]
-      <c r="K19" s="103">
+      <c r="J19" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K19" s="99">
         <v>3000</v>
       </c>
-      <c r="L19" s="104"/>
-      <c r="M19" s="105">
+      <c r="L19" s="100"/>
+      <c r="M19" s="86">
         <v>15000</v>
       </c>
-      <c r="N19" s="106"/>
-[...5 lines deleted...]
-      <c r="AB19" s="112"/>
+      <c r="N19" s="87"/>
+      <c r="O19" s="88"/>
+      <c r="P19" s="80"/>
+      <c r="Q19" s="81"/>
+      <c r="R19" s="82"/>
+      <c r="AA19" s="18"/>
+      <c r="AB19" s="18"/>
     </row>
     <row r="20" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A20" s="119" t="s">
-[...11 lines deleted...]
-      <c r="I20" s="101">
+      <c r="A20" s="83" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" s="84"/>
+      <c r="C20" s="84"/>
+      <c r="D20" s="84"/>
+      <c r="E20" s="85"/>
+      <c r="F20" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="G20" s="46"/>
+      <c r="H20" s="55"/>
+      <c r="I20" s="16">
         <v>2</v>
       </c>
-      <c r="J20" s="102" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="122">
+      <c r="J20" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K20" s="101">
         <v>5000</v>
       </c>
-      <c r="L20" s="123"/>
-      <c r="M20" s="105">
+      <c r="L20" s="102"/>
+      <c r="M20" s="86">
         <v>10000</v>
       </c>
-      <c r="N20" s="106"/>
-[...5 lines deleted...]
-      <c r="AB20" s="112"/>
+      <c r="N20" s="87"/>
+      <c r="O20" s="88"/>
+      <c r="P20" s="80"/>
+      <c r="Q20" s="81"/>
+      <c r="R20" s="82"/>
+      <c r="AA20" s="18"/>
+      <c r="AB20" s="18"/>
     </row>
     <row r="21" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="124" t="s">
-[...22 lines deleted...]
-      <c r="AB21" s="112"/>
+      <c r="A21" s="103" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" s="104"/>
+      <c r="C21" s="104"/>
+      <c r="D21" s="104"/>
+      <c r="E21" s="105"/>
+      <c r="F21" s="45" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" s="46"/>
+      <c r="H21" s="55"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="17"/>
+      <c r="K21" s="99"/>
+      <c r="L21" s="100"/>
+      <c r="M21" s="86"/>
+      <c r="N21" s="87"/>
+      <c r="O21" s="88"/>
+      <c r="P21" s="80"/>
+      <c r="Q21" s="81"/>
+      <c r="R21" s="82"/>
+      <c r="AA21" s="18"/>
+      <c r="AB21" s="18"/>
     </row>
     <row r="22" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A22" s="127"/>
-[...9 lines deleted...]
-      <c r="I22" s="101">
+      <c r="A22" s="106"/>
+      <c r="B22" s="107"/>
+      <c r="C22" s="107"/>
+      <c r="D22" s="107"/>
+      <c r="E22" s="108"/>
+      <c r="F22" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="46"/>
+      <c r="H22" s="55"/>
+      <c r="I22" s="16">
         <v>4</v>
       </c>
-      <c r="J22" s="102" t="s">
-[...2 lines deleted...]
-      <c r="K22" s="89">
+      <c r="J22" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="K22" s="52">
         <v>-5000</v>
       </c>
-      <c r="L22" s="91"/>
-      <c r="M22" s="130">
+      <c r="L22" s="54"/>
+      <c r="M22" s="109">
         <v>-20000</v>
       </c>
-      <c r="N22" s="131"/>
-[...5 lines deleted...]
-      <c r="AB22" s="112"/>
+      <c r="N22" s="110"/>
+      <c r="O22" s="111"/>
+      <c r="P22" s="80"/>
+      <c r="Q22" s="81"/>
+      <c r="R22" s="82"/>
+      <c r="AA22" s="18"/>
+      <c r="AB22" s="18"/>
     </row>
     <row r="23" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="119" t="s">
-[...11 lines deleted...]
-      <c r="I23" s="101">
+      <c r="A23" s="83" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="84"/>
+      <c r="C23" s="84"/>
+      <c r="D23" s="84"/>
+      <c r="E23" s="85"/>
+      <c r="F23" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" s="46"/>
+      <c r="H23" s="55"/>
+      <c r="I23" s="16">
         <v>1</v>
       </c>
-      <c r="J23" s="102" t="s">
-[...4 lines deleted...]
-      <c r="M23" s="105">
+      <c r="J23" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K23" s="99"/>
+      <c r="L23" s="100"/>
+      <c r="M23" s="86">
         <v>10000</v>
       </c>
-      <c r="N23" s="106"/>
-[...5 lines deleted...]
-      <c r="AB23" s="112"/>
+      <c r="N23" s="87"/>
+      <c r="O23" s="88"/>
+      <c r="P23" s="80"/>
+      <c r="Q23" s="81"/>
+      <c r="R23" s="82"/>
+      <c r="AA23" s="18"/>
+      <c r="AB23" s="18"/>
     </row>
     <row r="24" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A24" s="133" t="s">
-[...11 lines deleted...]
-      <c r="I24" s="101">
+      <c r="A24" s="117" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" s="118"/>
+      <c r="C24" s="118"/>
+      <c r="D24" s="118"/>
+      <c r="E24" s="119"/>
+      <c r="F24" s="120" t="s">
+        <v>69</v>
+      </c>
+      <c r="G24" s="121"/>
+      <c r="H24" s="122"/>
+      <c r="I24" s="16">
         <v>1</v>
       </c>
-      <c r="J24" s="102" t="s">
-[...4 lines deleted...]
-      <c r="M24" s="105">
+      <c r="J24" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="K24" s="99"/>
+      <c r="L24" s="100"/>
+      <c r="M24" s="86">
         <v>5000</v>
       </c>
-      <c r="N24" s="106"/>
-[...5 lines deleted...]
-      <c r="AB24" s="112"/>
+      <c r="N24" s="87"/>
+      <c r="O24" s="88"/>
+      <c r="P24" s="80"/>
+      <c r="Q24" s="81"/>
+      <c r="R24" s="82"/>
+      <c r="AA24" s="18"/>
+      <c r="AB24" s="18"/>
     </row>
     <row r="25" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="127"/>
-[...20 lines deleted...]
-      <c r="AB25" s="112"/>
+      <c r="A25" s="106"/>
+      <c r="B25" s="107"/>
+      <c r="C25" s="107"/>
+      <c r="D25" s="107"/>
+      <c r="E25" s="108"/>
+      <c r="F25" s="120" t="s">
+        <v>52</v>
+      </c>
+      <c r="G25" s="121"/>
+      <c r="H25" s="122"/>
+      <c r="I25" s="16"/>
+      <c r="J25" s="17"/>
+      <c r="K25" s="99"/>
+      <c r="L25" s="100"/>
+      <c r="M25" s="86"/>
+      <c r="N25" s="87"/>
+      <c r="O25" s="88"/>
+      <c r="P25" s="80"/>
+      <c r="Q25" s="81"/>
+      <c r="R25" s="82"/>
+      <c r="AA25" s="18"/>
+      <c r="AB25" s="18"/>
     </row>
     <row r="26" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A26" s="139" t="s">
-[...18 lines deleted...]
-      <c r="P26" s="130">
+      <c r="A26" s="112" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" s="113"/>
+      <c r="C26" s="113"/>
+      <c r="D26" s="113"/>
+      <c r="E26" s="113"/>
+      <c r="F26" s="113"/>
+      <c r="G26" s="113"/>
+      <c r="H26" s="113"/>
+      <c r="I26" s="113"/>
+      <c r="J26" s="113"/>
+      <c r="K26" s="114"/>
+      <c r="L26" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="M26" s="46"/>
+      <c r="N26" s="46"/>
+      <c r="O26" s="55"/>
+      <c r="P26" s="109">
         <f>SUM(M17:O25)</f>
         <v>280000</v>
       </c>
-      <c r="Q26" s="131"/>
-      <c r="R26" s="132"/>
+      <c r="Q26" s="110"/>
+      <c r="R26" s="111"/>
     </row>
     <row r="27" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="142"/>
-[...10 lines deleted...]
-      <c r="L27" s="86" t="s">
+      <c r="A27" s="134"/>
+      <c r="B27" s="135"/>
+      <c r="C27" s="135"/>
+      <c r="D27" s="135"/>
+      <c r="E27" s="135"/>
+      <c r="F27" s="135"/>
+      <c r="G27" s="135"/>
+      <c r="H27" s="135"/>
+      <c r="I27" s="135"/>
+      <c r="J27" s="135"/>
+      <c r="K27" s="136"/>
+      <c r="L27" s="50" t="s">
         <v>11</v>
       </c>
-      <c r="M27" s="87"/>
-[...3 lines deleted...]
-      <c r="O27" s="146" t="s">
+      <c r="M27" s="51"/>
+      <c r="N27" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="O27" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="P27" s="89"/>
-[...1 lines deleted...]
-      <c r="R27" s="91"/>
+      <c r="P27" s="52"/>
+      <c r="Q27" s="53"/>
+      <c r="R27" s="54"/>
     </row>
     <row r="28" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A28" s="147"/>
-[...12 lines deleted...]
-      <c r="N28" s="152">
+      <c r="A28" s="137"/>
+      <c r="B28" s="138"/>
+      <c r="C28" s="138"/>
+      <c r="D28" s="138"/>
+      <c r="E28" s="138"/>
+      <c r="F28" s="138"/>
+      <c r="G28" s="138"/>
+      <c r="H28" s="138"/>
+      <c r="I28" s="138"/>
+      <c r="J28" s="138"/>
+      <c r="K28" s="139"/>
+      <c r="L28" s="115"/>
+      <c r="M28" s="116"/>
+      <c r="N28" s="21">
         <v>10</v>
       </c>
-      <c r="O28" s="146" t="s">
+      <c r="O28" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="P28" s="89">
+      <c r="P28" s="52">
         <f>P26*0.1</f>
         <v>28000</v>
       </c>
-      <c r="Q28" s="90"/>
-      <c r="R28" s="91"/>
+      <c r="Q28" s="53"/>
+      <c r="R28" s="54"/>
     </row>
     <row r="29" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="147"/>
-[...18 lines deleted...]
-      <c r="R29" s="155"/>
+      <c r="A29" s="137"/>
+      <c r="B29" s="138"/>
+      <c r="C29" s="138"/>
+      <c r="D29" s="138"/>
+      <c r="E29" s="138"/>
+      <c r="F29" s="138"/>
+      <c r="G29" s="138"/>
+      <c r="H29" s="138"/>
+      <c r="I29" s="138"/>
+      <c r="J29" s="138"/>
+      <c r="K29" s="139"/>
+      <c r="L29" s="45" t="s">
+        <v>36</v>
+      </c>
+      <c r="M29" s="55"/>
+      <c r="N29" s="45"/>
+      <c r="O29" s="55"/>
+      <c r="P29" s="129"/>
+      <c r="Q29" s="130"/>
+      <c r="R29" s="131"/>
     </row>
     <row r="30" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A30" s="147"/>
-[...10 lines deleted...]
-      <c r="L30" s="86" t="s">
+      <c r="A30" s="137"/>
+      <c r="B30" s="138"/>
+      <c r="C30" s="138"/>
+      <c r="D30" s="138"/>
+      <c r="E30" s="138"/>
+      <c r="F30" s="138"/>
+      <c r="G30" s="138"/>
+      <c r="H30" s="138"/>
+      <c r="I30" s="138"/>
+      <c r="J30" s="138"/>
+      <c r="K30" s="139"/>
+      <c r="L30" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="M30" s="87"/>
-[...8 lines deleted...]
-      <c r="R30" s="91"/>
+      <c r="M30" s="51"/>
+      <c r="N30" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="O30" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="P30" s="52"/>
+      <c r="Q30" s="53"/>
+      <c r="R30" s="54"/>
     </row>
     <row r="31" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A31" s="147"/>
-[...12 lines deleted...]
-      <c r="N31" s="158">
+      <c r="A31" s="137"/>
+      <c r="B31" s="138"/>
+      <c r="C31" s="138"/>
+      <c r="D31" s="138"/>
+      <c r="E31" s="138"/>
+      <c r="F31" s="138"/>
+      <c r="G31" s="138"/>
+      <c r="H31" s="138"/>
+      <c r="I31" s="138"/>
+      <c r="J31" s="138"/>
+      <c r="K31" s="139"/>
+      <c r="L31" s="132"/>
+      <c r="M31" s="133"/>
+      <c r="N31" s="22">
         <v>10</v>
       </c>
-      <c r="O31" s="159" t="s">
-[...2 lines deleted...]
-      <c r="P31" s="130">
+      <c r="O31" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="P31" s="109">
         <f>P26+P28</f>
         <v>308000</v>
       </c>
-      <c r="Q31" s="131"/>
-      <c r="R31" s="132"/>
+      <c r="Q31" s="110"/>
+      <c r="R31" s="111"/>
     </row>
     <row r="32" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A32" s="147"/>
-[...18 lines deleted...]
-      <c r="R32" s="91"/>
+      <c r="A32" s="137"/>
+      <c r="B32" s="138"/>
+      <c r="C32" s="138"/>
+      <c r="D32" s="138"/>
+      <c r="E32" s="138"/>
+      <c r="F32" s="138"/>
+      <c r="G32" s="138"/>
+      <c r="H32" s="138"/>
+      <c r="I32" s="138"/>
+      <c r="J32" s="138"/>
+      <c r="K32" s="139"/>
+      <c r="L32" s="115"/>
+      <c r="M32" s="116"/>
+      <c r="N32" s="45" t="s">
+        <v>43</v>
+      </c>
+      <c r="O32" s="55"/>
+      <c r="P32" s="52"/>
+      <c r="Q32" s="53"/>
+      <c r="R32" s="54"/>
     </row>
     <row r="33" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A33" s="160" t="s">
-[...20 lines deleted...]
-      <c r="P33" s="89">
+      <c r="A33" s="24" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" s="25"/>
+      <c r="D33" s="25"/>
+      <c r="E33" s="25"/>
+      <c r="F33" s="25"/>
+      <c r="G33" s="25"/>
+      <c r="H33" s="26"/>
+      <c r="I33" s="26"/>
+      <c r="J33" s="26"/>
+      <c r="K33" s="27"/>
+      <c r="L33" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="M33" s="46"/>
+      <c r="N33" s="46"/>
+      <c r="O33" s="55"/>
+      <c r="P33" s="52">
         <f>P31</f>
         <v>308000</v>
       </c>
-      <c r="Q33" s="90"/>
-      <c r="R33" s="91"/>
+      <c r="Q33" s="53"/>
+      <c r="R33" s="54"/>
     </row>
     <row r="34" spans="1:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A34" s="164" t="s">
+      <c r="A34" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="B34" s="49"/>
-[...15 lines deleted...]
-      <c r="R34" s="49"/>
+      <c r="B34" s="6"/>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="6"/>
+      <c r="H34" s="6"/>
+      <c r="I34" s="6"/>
+      <c r="J34" s="6"/>
+      <c r="K34" s="6"/>
+      <c r="L34" s="29"/>
+      <c r="M34" s="29"/>
+      <c r="N34" s="29"/>
+      <c r="O34" s="29"/>
+      <c r="P34" s="6"/>
+      <c r="Q34" s="6"/>
+      <c r="R34" s="6"/>
     </row>
     <row r="35" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A35" s="49"/>
-[...16 lines deleted...]
-      <c r="R35" s="49"/>
+      <c r="A35" s="6"/>
+      <c r="B35" s="6"/>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="6"/>
+      <c r="J35" s="6"/>
+      <c r="K35" s="6"/>
+      <c r="L35" s="6"/>
+      <c r="M35" s="6"/>
+      <c r="N35" s="6"/>
+      <c r="O35" s="6"/>
+      <c r="P35" s="6"/>
+      <c r="Q35" s="6"/>
+      <c r="R35" s="6"/>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A36" s="49" t="s">
+      <c r="A36" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B36" s="49"/>
-[...15 lines deleted...]
-      <c r="R36" s="49"/>
+      <c r="B36" s="6"/>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+      <c r="I36" s="6"/>
+      <c r="J36" s="6"/>
+      <c r="K36" s="6"/>
+      <c r="L36" s="6"/>
+      <c r="M36" s="6"/>
+      <c r="N36" s="6"/>
+      <c r="O36" s="6"/>
+      <c r="P36" s="6"/>
+      <c r="Q36" s="6"/>
+      <c r="R36" s="6"/>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A37" s="166" t="s">
+      <c r="A37" s="123" t="s">
         <v>16</v>
       </c>
-      <c r="B37" s="167"/>
-      <c r="C37" s="86" t="s">
+      <c r="B37" s="124"/>
+      <c r="C37" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="D37" s="168"/>
-[...7 lines deleted...]
-      <c r="L37" s="86" t="s">
+      <c r="D37" s="125"/>
+      <c r="E37" s="125"/>
+      <c r="F37" s="125"/>
+      <c r="G37" s="125"/>
+      <c r="H37" s="125"/>
+      <c r="I37" s="125"/>
+      <c r="J37" s="125"/>
+      <c r="K37" s="125"/>
+      <c r="L37" s="50" t="s">
         <v>18</v>
       </c>
-      <c r="M37" s="168"/>
-[...4 lines deleted...]
-      <c r="R37" s="87"/>
+      <c r="M37" s="125"/>
+      <c r="N37" s="125"/>
+      <c r="O37" s="125"/>
+      <c r="P37" s="125"/>
+      <c r="Q37" s="125"/>
+      <c r="R37" s="51"/>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A38" s="169" t="s">
+      <c r="A38" s="127" t="s">
         <v>19</v>
       </c>
-      <c r="B38" s="170"/>
-[...15 lines deleted...]
-      <c r="R38" s="151"/>
+      <c r="B38" s="128"/>
+      <c r="C38" s="115"/>
+      <c r="D38" s="126"/>
+      <c r="E38" s="126"/>
+      <c r="F38" s="126"/>
+      <c r="G38" s="126"/>
+      <c r="H38" s="126"/>
+      <c r="I38" s="126"/>
+      <c r="J38" s="126"/>
+      <c r="K38" s="126"/>
+      <c r="L38" s="115"/>
+      <c r="M38" s="126"/>
+      <c r="N38" s="126"/>
+      <c r="O38" s="126"/>
+      <c r="P38" s="126"/>
+      <c r="Q38" s="126"/>
+      <c r="R38" s="116"/>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A39" s="60"/>
-[...16 lines deleted...]
-      <c r="R39" s="173"/>
+      <c r="A39" s="8"/>
+      <c r="B39" s="30"/>
+      <c r="C39" s="8"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="30"/>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="8"/>
+      <c r="M39" s="30"/>
+      <c r="N39" s="30"/>
+      <c r="O39" s="30"/>
+      <c r="P39" s="30"/>
+      <c r="Q39" s="30"/>
+      <c r="R39" s="31"/>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A40" s="66"/>
-[...16 lines deleted...]
-      <c r="R40" s="69"/>
+      <c r="A40" s="9"/>
+      <c r="B40" s="6"/>
+      <c r="C40" s="9"/>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
+      <c r="H40" s="6"/>
+      <c r="I40" s="6"/>
+      <c r="J40" s="6"/>
+      <c r="K40" s="6"/>
+      <c r="L40" s="9"/>
+      <c r="M40" s="6"/>
+      <c r="N40" s="6"/>
+      <c r="O40" s="6"/>
+      <c r="P40" s="6"/>
+      <c r="Q40" s="6"/>
+      <c r="R40" s="10"/>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A41" s="66"/>
-[...16 lines deleted...]
-      <c r="R41" s="69"/>
+      <c r="A41" s="9"/>
+      <c r="B41" s="6"/>
+      <c r="C41" s="9"/>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+      <c r="H41" s="6"/>
+      <c r="I41" s="6"/>
+      <c r="J41" s="6"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="9"/>
+      <c r="M41" s="6"/>
+      <c r="N41" s="6"/>
+      <c r="O41" s="6"/>
+      <c r="P41" s="6"/>
+      <c r="Q41" s="6"/>
+      <c r="R41" s="10"/>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A42" s="66"/>
-[...16 lines deleted...]
-      <c r="R42" s="69"/>
+      <c r="A42" s="9"/>
+      <c r="B42" s="6"/>
+      <c r="C42" s="9"/>
+      <c r="D42" s="6"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
+      <c r="I42" s="6"/>
+      <c r="J42" s="6"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="9"/>
+      <c r="M42" s="6"/>
+      <c r="N42" s="6"/>
+      <c r="O42" s="6"/>
+      <c r="P42" s="6"/>
+      <c r="Q42" s="6"/>
+      <c r="R42" s="10"/>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A43" s="77"/>
-[...16 lines deleted...]
-      <c r="R43" s="80"/>
+      <c r="A43" s="11"/>
+      <c r="B43" s="12"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="12"/>
+      <c r="E43" s="12"/>
+      <c r="F43" s="12"/>
+      <c r="G43" s="12"/>
+      <c r="H43" s="12"/>
+      <c r="I43" s="12"/>
+      <c r="J43" s="12"/>
+      <c r="K43" s="12"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="12"/>
+      <c r="N43" s="12"/>
+      <c r="O43" s="12"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="13"/>
     </row>
     <row r="44" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A44" s="77" t="s">
+      <c r="A44" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="B44" s="78"/>
-[...2 lines deleted...]
-      <c r="E44" s="78" t="s">
+      <c r="B44" s="12"/>
+      <c r="C44" s="45"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="F44" s="152" t="s">
+      <c r="F44" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="G44" s="146"/>
-[...3 lines deleted...]
-      <c r="K44" s="152" t="s">
+      <c r="G44" s="20"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="L44" s="78"/>
-[...5 lines deleted...]
-      <c r="R44" s="176"/>
+      <c r="L44" s="12"/>
+      <c r="M44" s="141"/>
+      <c r="N44" s="142"/>
+      <c r="O44" s="142"/>
+      <c r="P44" s="142"/>
+      <c r="Q44" s="142"/>
+      <c r="R44" s="143"/>
     </row>
     <row r="45" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A45" s="86" t="s">
-[...15 lines deleted...]
-      <c r="M45" s="50">
+      <c r="A45" s="45" t="s">
+        <v>74</v>
+      </c>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="55"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="46"/>
+      <c r="I45" s="55"/>
+      <c r="J45" s="45" t="s">
+        <v>51</v>
+      </c>
+      <c r="K45" s="125"/>
+      <c r="L45" s="51"/>
+      <c r="M45" s="45">
         <v>5561</v>
       </c>
-      <c r="N45" s="51"/>
-      <c r="O45" s="50">
+      <c r="N45" s="55"/>
+      <c r="O45" s="45">
         <v>6561</v>
       </c>
-      <c r="P45" s="51"/>
-[...3 lines deleted...]
-      <c r="R45" s="51"/>
+      <c r="P45" s="55"/>
+      <c r="Q45" s="45" t="s">
+        <v>48</v>
+      </c>
+      <c r="R45" s="55"/>
     </row>
     <row r="46" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A46" s="50" t="s">
+      <c r="A46" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46" s="55"/>
+      <c r="C46" s="32"/>
+      <c r="D46" s="32"/>
+      <c r="E46" s="32"/>
+      <c r="F46" s="32"/>
+      <c r="G46" s="32"/>
+      <c r="H46" s="32"/>
+      <c r="I46" s="32"/>
+      <c r="J46" s="32"/>
+      <c r="K46" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="B46" s="51"/>
-[...17 lines deleted...]
-      <c r="R46" s="146"/>
+      <c r="L46" s="32"/>
+      <c r="M46" s="32"/>
+      <c r="N46" s="32"/>
+      <c r="O46" s="32"/>
+      <c r="P46" s="32"/>
+      <c r="Q46" s="32"/>
+      <c r="R46" s="20"/>
     </row>
     <row r="47" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="178" t="s">
+      <c r="A47" s="140" t="s">
+        <v>26</v>
+      </c>
+      <c r="B47" s="140"/>
+      <c r="C47" s="140">
+        <v>172</v>
+      </c>
+      <c r="D47" s="140"/>
+      <c r="E47" s="140" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="178"/>
-      <c r="C47" s="178">
+      <c r="F47" s="140"/>
+      <c r="G47" s="140">
         <v>172</v>
       </c>
-      <c r="D47" s="178"/>
-      <c r="E47" s="178" t="s">
+      <c r="H47" s="140"/>
+      <c r="I47" s="140" t="s">
         <v>28</v>
       </c>
-      <c r="F47" s="178"/>
-      <c r="G47" s="178">
+      <c r="J47" s="140"/>
+      <c r="K47" s="140">
         <v>172</v>
       </c>
-      <c r="H47" s="178"/>
-      <c r="I47" s="178" t="s">
+      <c r="L47" s="140"/>
+      <c r="M47" s="140" t="s">
         <v>29</v>
       </c>
-      <c r="J47" s="178"/>
-      <c r="K47" s="178">
+      <c r="N47" s="140"/>
+      <c r="O47" s="140">
         <v>172</v>
       </c>
-      <c r="L47" s="178"/>
-[...9 lines deleted...]
-      <c r="R47" s="49"/>
+      <c r="P47" s="140"/>
+      <c r="Q47" s="6"/>
+      <c r="R47" s="6"/>
     </row>
     <row r="48" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A48" s="178" t="s">
-[...24 lines deleted...]
-      <c r="R48" s="49"/>
+      <c r="A48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="B48" s="140"/>
+      <c r="C48" s="140"/>
+      <c r="D48" s="140"/>
+      <c r="E48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="F48" s="140"/>
+      <c r="G48" s="140"/>
+      <c r="H48" s="140"/>
+      <c r="I48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="J48" s="140"/>
+      <c r="K48" s="140"/>
+      <c r="L48" s="140"/>
+      <c r="M48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="N48" s="140"/>
+      <c r="O48" s="140"/>
+      <c r="P48" s="140"/>
+      <c r="Q48" s="6"/>
+      <c r="R48" s="6"/>
     </row>
     <row r="49" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A49" s="50" t="s">
-[...24 lines deleted...]
-      <c r="R49" s="49"/>
+      <c r="A49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="55"/>
+      <c r="E49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="55"/>
+      <c r="I49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+      <c r="L49" s="55"/>
+      <c r="M49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="N49" s="46"/>
+      <c r="O49" s="46"/>
+      <c r="P49" s="55"/>
+      <c r="Q49" s="6"/>
+      <c r="R49" s="6"/>
     </row>
     <row r="50" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A50" s="179"/>
-[...16 lines deleted...]
-      <c r="R50" s="49"/>
+      <c r="A50" s="144"/>
+      <c r="B50" s="145"/>
+      <c r="C50" s="145"/>
+      <c r="D50" s="146"/>
+      <c r="E50" s="144"/>
+      <c r="F50" s="145"/>
+      <c r="G50" s="145"/>
+      <c r="H50" s="146"/>
+      <c r="I50" s="144"/>
+      <c r="J50" s="145"/>
+      <c r="K50" s="145"/>
+      <c r="L50" s="146"/>
+      <c r="M50" s="144"/>
+      <c r="N50" s="145"/>
+      <c r="O50" s="145"/>
+      <c r="P50" s="146"/>
+      <c r="Q50" s="6"/>
+      <c r="R50" s="6"/>
     </row>
     <row r="51" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A51" s="182"/>
-[...16 lines deleted...]
-      <c r="R51" s="49"/>
+      <c r="A51" s="33"/>
+      <c r="B51" s="33"/>
+      <c r="C51" s="33"/>
+      <c r="D51" s="33"/>
+      <c r="E51" s="33"/>
+      <c r="F51" s="33"/>
+      <c r="G51" s="33"/>
+      <c r="H51" s="33"/>
+      <c r="I51" s="33"/>
+      <c r="J51" s="33"/>
+      <c r="K51" s="33"/>
+      <c r="L51" s="33"/>
+      <c r="M51" s="33"/>
+      <c r="N51" s="33"/>
+      <c r="O51" s="33"/>
+      <c r="P51" s="33"/>
+      <c r="Q51" s="6"/>
+      <c r="R51" s="6"/>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A52" s="49" t="s">
-[...18 lines deleted...]
-      <c r="R52" s="183"/>
+      <c r="A52" s="6"/>
+      <c r="B52" s="6"/>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6"/>
+      <c r="E52" s="6"/>
+      <c r="F52" s="6"/>
+      <c r="G52" s="6"/>
+      <c r="H52" s="6"/>
+      <c r="I52" s="6"/>
+      <c r="J52" s="6"/>
+      <c r="K52" s="6"/>
+      <c r="L52" s="6"/>
+      <c r="M52" s="6"/>
+      <c r="N52" s="6"/>
+      <c r="O52" s="6"/>
+      <c r="P52" s="6"/>
+      <c r="Q52" s="40"/>
+      <c r="R52" s="40"/>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A53" s="49"/>
-[...18 lines deleted...]
-      </c>
+      <c r="A53" s="6"/>
+      <c r="B53" s="6"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6"/>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6"/>
+      <c r="H53" s="6"/>
+      <c r="I53" s="6"/>
+      <c r="J53" s="6"/>
+      <c r="K53" s="6"/>
+      <c r="L53" s="6"/>
+      <c r="M53" s="6"/>
+      <c r="N53" s="6"/>
+      <c r="O53" s="6"/>
+      <c r="P53" s="6"/>
+      <c r="Q53" s="6"/>
+      <c r="R53" s="33"/>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A54" s="49"/>
-[...16 lines deleted...]
-      <c r="R54" s="49"/>
+      <c r="A54" s="6"/>
+      <c r="B54" s="6"/>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6"/>
+      <c r="E54" s="6"/>
+      <c r="F54" s="6"/>
+      <c r="G54" s="6"/>
+      <c r="H54" s="6"/>
+      <c r="I54" s="6"/>
+      <c r="J54" s="6"/>
+      <c r="K54" s="6"/>
+      <c r="L54" s="6"/>
+      <c r="M54" s="6"/>
+      <c r="N54" s="6"/>
+      <c r="O54" s="6"/>
+      <c r="P54" s="6"/>
+      <c r="Q54" s="40" t="s">
+        <v>73</v>
+      </c>
+      <c r="R54" s="40"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IofjqPioop/3/Vnr1sGQRwKd8IphBhccQZ/cTwS23NbgIUoCa1cl64jxU+6brqVP3ONVmEeRRJxNv21olju1Ow==" saltValue="0RPni5NxjP/EoMYLqaVlOA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <mergeCells count="129">
+  <sheetProtection selectLockedCells="1"/>
+  <mergeCells count="130">
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="G48:H48"/>
+    <mergeCell ref="I48:J48"/>
+    <mergeCell ref="K48:L48"/>
+    <mergeCell ref="M48:N48"/>
+    <mergeCell ref="Q52:R52"/>
+    <mergeCell ref="O48:P48"/>
+    <mergeCell ref="A49:D49"/>
+    <mergeCell ref="E49:H49"/>
+    <mergeCell ref="I49:L49"/>
+    <mergeCell ref="M49:P49"/>
+    <mergeCell ref="A50:D50"/>
+    <mergeCell ref="E50:H50"/>
+    <mergeCell ref="I50:L50"/>
+    <mergeCell ref="M50:P50"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="E47:F47"/>
+    <mergeCell ref="G47:H47"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="M44:R44"/>
+    <mergeCell ref="J45:L45"/>
+    <mergeCell ref="M45:N45"/>
+    <mergeCell ref="O45:P45"/>
+    <mergeCell ref="Q45:R45"/>
+    <mergeCell ref="K47:L47"/>
+    <mergeCell ref="M47:N47"/>
+    <mergeCell ref="O47:P47"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="E45:I45"/>
+    <mergeCell ref="L33:O33"/>
+    <mergeCell ref="P33:R33"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="C37:K38"/>
+    <mergeCell ref="L37:R38"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:R29"/>
+    <mergeCell ref="L30:M32"/>
+    <mergeCell ref="P30:R30"/>
+    <mergeCell ref="P31:R31"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:R32"/>
+    <mergeCell ref="A27:K32"/>
+    <mergeCell ref="P25:R25"/>
+    <mergeCell ref="A26:K26"/>
+    <mergeCell ref="L26:O26"/>
+    <mergeCell ref="P26:R26"/>
+    <mergeCell ref="L27:M28"/>
+    <mergeCell ref="P27:R27"/>
+    <mergeCell ref="P28:R28"/>
+    <mergeCell ref="A24:E25"/>
+    <mergeCell ref="F24:H24"/>
+    <mergeCell ref="M24:O24"/>
+    <mergeCell ref="P24:R24"/>
+    <mergeCell ref="F25:H25"/>
+    <mergeCell ref="M25:O25"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="P22:R22"/>
+    <mergeCell ref="A23:E23"/>
+    <mergeCell ref="F23:H23"/>
+    <mergeCell ref="M23:O23"/>
+    <mergeCell ref="P23:R23"/>
+    <mergeCell ref="A21:E22"/>
+    <mergeCell ref="F21:H21"/>
+    <mergeCell ref="M21:O21"/>
+    <mergeCell ref="P21:R21"/>
+    <mergeCell ref="F22:H22"/>
+    <mergeCell ref="M22:O22"/>
+    <mergeCell ref="K21:L21"/>
+    <mergeCell ref="K22:L22"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="P19:R19"/>
+    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="F20:H20"/>
+    <mergeCell ref="M20:O20"/>
+    <mergeCell ref="P20:R20"/>
+    <mergeCell ref="V17:Z17"/>
+    <mergeCell ref="F18:H18"/>
+    <mergeCell ref="M18:O18"/>
+    <mergeCell ref="P18:R18"/>
+    <mergeCell ref="A17:E19"/>
+    <mergeCell ref="F17:H17"/>
+    <mergeCell ref="M17:O17"/>
+    <mergeCell ref="P17:R17"/>
+    <mergeCell ref="F19:H19"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="K19:L19"/>
+    <mergeCell ref="K20:L20"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="H14:N14"/>
+    <mergeCell ref="P14:R14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="H15:N15"/>
+    <mergeCell ref="P15:R15"/>
+    <mergeCell ref="Q54:R54"/>
     <mergeCell ref="L10:P11"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:N13"/>
     <mergeCell ref="P13:R13"/>
     <mergeCell ref="M1:N1"/>
     <mergeCell ref="O1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A4:E5"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:I11"/>
     <mergeCell ref="K4:P6"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="G5:H6"/>
     <mergeCell ref="K7:P9"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="K16:L16"/>
     <mergeCell ref="M16:O16"/>
     <mergeCell ref="P16:R16"/>
     <mergeCell ref="A14:B14"/>
-    <mergeCell ref="C14:E14"/>
-[...104 lines deleted...]
-    <mergeCell ref="M50:P50"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A33" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"□,☑"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.55118110236220474" bottom="0.39370078740157483" header="0" footer="0"/>
   <pageSetup paperSize="8" scale="87" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <sheetPr>
+  <sheetPr codeName="Sheet2">
     <tabColor theme="9"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Z54"/>
   <sheetViews>
-    <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="O1" sqref="O1:R1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="18" width="5.125" style="54" customWidth="1"/>
-    <col min="19" max="16384" width="9" style="54"/>
+    <col min="1" max="18" width="5.125" style="7" customWidth="1"/>
+    <col min="19" max="16384" width="9" style="7"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A1" s="49"/>
-[...11 lines deleted...]
-      <c r="M1" s="50" t="s">
+      <c r="A1" s="6"/>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="6"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+      <c r="G1" s="6"/>
+      <c r="H1" s="6"/>
+      <c r="I1" s="6"/>
+      <c r="J1" s="6"/>
+      <c r="K1" s="6"/>
+      <c r="L1" s="6"/>
+      <c r="M1" s="45" t="s">
         <v>0</v>
       </c>
-      <c r="N1" s="51"/>
-[...3 lines deleted...]
-      <c r="R1" s="48"/>
+      <c r="N1" s="55"/>
+      <c r="O1" s="151"/>
+      <c r="P1" s="151"/>
+      <c r="Q1" s="151"/>
+      <c r="R1" s="152"/>
     </row>
     <row r="2" spans="1:18" ht="24" x14ac:dyDescent="0.4">
-      <c r="A2" s="55" t="s">
+      <c r="A2" s="58" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="55"/>
-[...15 lines deleted...]
-      <c r="R2" s="55"/>
+      <c r="B2" s="58"/>
+      <c r="C2" s="58"/>
+      <c r="D2" s="58"/>
+      <c r="E2" s="58"/>
+      <c r="F2" s="58"/>
+      <c r="G2" s="58"/>
+      <c r="H2" s="58"/>
+      <c r="I2" s="58"/>
+      <c r="J2" s="58"/>
+      <c r="K2" s="58"/>
+      <c r="L2" s="58"/>
+      <c r="M2" s="58"/>
+      <c r="N2" s="58"/>
+      <c r="O2" s="58"/>
+      <c r="P2" s="58"/>
+      <c r="Q2" s="58"/>
+      <c r="R2" s="58"/>
     </row>
     <row r="3" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A3" s="49"/>
-[...16 lines deleted...]
-      <c r="R3" s="49"/>
+      <c r="A3" s="6"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="H3" s="6"/>
+      <c r="I3" s="6"/>
+      <c r="J3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+      <c r="N3" s="6"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A4" s="56" t="s">
+      <c r="A4" s="59" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="56"/>
-[...4 lines deleted...]
-      <c r="G4" s="57" t="s">
+      <c r="B4" s="59"/>
+      <c r="C4" s="59"/>
+      <c r="D4" s="59"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="6"/>
+      <c r="G4" s="60" t="s">
         <v>3</v>
       </c>
-      <c r="H4" s="58"/>
-      <c r="I4" s="59" t="s">
+      <c r="H4" s="61"/>
+      <c r="I4" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="J4" s="60" t="s">
+      <c r="J4" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="K4" s="185"/>
-[...5 lines deleted...]
-      <c r="Q4" s="50" t="s">
+      <c r="K4" s="149"/>
+      <c r="L4" s="149"/>
+      <c r="M4" s="149"/>
+      <c r="N4" s="149"/>
+      <c r="O4" s="149"/>
+      <c r="P4" s="150"/>
+      <c r="Q4" s="45" t="s">
         <v>6</v>
       </c>
-      <c r="R4" s="51"/>
+      <c r="R4" s="55"/>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A5" s="56"/>
-[...16 lines deleted...]
-      <c r="R5" s="190"/>
+      <c r="A5" s="59"/>
+      <c r="B5" s="59"/>
+      <c r="C5" s="59"/>
+      <c r="D5" s="59"/>
+      <c r="E5" s="59"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="153"/>
+      <c r="H5" s="154"/>
+      <c r="I5" s="63"/>
+      <c r="J5" s="9"/>
+      <c r="K5" s="147"/>
+      <c r="L5" s="147"/>
+      <c r="M5" s="147"/>
+      <c r="N5" s="147"/>
+      <c r="O5" s="147"/>
+      <c r="P5" s="148"/>
+      <c r="Q5" s="35"/>
+      <c r="R5" s="36"/>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A6" s="49"/>
-[...16 lines deleted...]
-      <c r="R6" s="190"/>
+      <c r="A6" s="6"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="155"/>
+      <c r="H6" s="156"/>
+      <c r="I6" s="63"/>
+      <c r="J6" s="9"/>
+      <c r="K6" s="147"/>
+      <c r="L6" s="147"/>
+      <c r="M6" s="147"/>
+      <c r="N6" s="147"/>
+      <c r="O6" s="147"/>
+      <c r="P6" s="148"/>
+      <c r="Q6" s="35"/>
+      <c r="R6" s="36"/>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A7" s="49"/>
-[...8 lines deleted...]
-      <c r="J7" s="66" t="s">
+      <c r="A7" s="6"/>
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="63"/>
+      <c r="J7" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="K7" s="187"/>
-[...6 lines deleted...]
-      <c r="R7" s="190"/>
+      <c r="K7" s="147"/>
+      <c r="L7" s="147"/>
+      <c r="M7" s="147"/>
+      <c r="N7" s="147"/>
+      <c r="O7" s="147"/>
+      <c r="P7" s="148"/>
+      <c r="Q7" s="35"/>
+      <c r="R7" s="36"/>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A8" s="49"/>
-[...16 lines deleted...]
-      <c r="R8" s="190"/>
+      <c r="A8" s="6"/>
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+      <c r="E8" s="6"/>
+      <c r="F8" s="6"/>
+      <c r="G8" s="6"/>
+      <c r="H8" s="6"/>
+      <c r="I8" s="63"/>
+      <c r="J8" s="9"/>
+      <c r="K8" s="147"/>
+      <c r="L8" s="147"/>
+      <c r="M8" s="147"/>
+      <c r="N8" s="147"/>
+      <c r="O8" s="147"/>
+      <c r="P8" s="148"/>
+      <c r="Q8" s="35"/>
+      <c r="R8" s="36"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A9" s="49"/>
-[...16 lines deleted...]
-      <c r="R9" s="190"/>
+      <c r="A9" s="6"/>
+      <c r="B9" s="6"/>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+      <c r="E9" s="6"/>
+      <c r="F9" s="6"/>
+      <c r="G9" s="6"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="63"/>
+      <c r="J9" s="9"/>
+      <c r="K9" s="147"/>
+      <c r="L9" s="147"/>
+      <c r="M9" s="147"/>
+      <c r="N9" s="147"/>
+      <c r="O9" s="147"/>
+      <c r="P9" s="148"/>
+      <c r="Q9" s="35"/>
+      <c r="R9" s="36"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A10" s="49"/>
-[...8 lines deleted...]
-      <c r="J10" s="66" t="s">
+      <c r="A10" s="6"/>
+      <c r="B10" s="6"/>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+      <c r="E10" s="6"/>
+      <c r="F10" s="6"/>
+      <c r="G10" s="6"/>
+      <c r="H10" s="6"/>
+      <c r="I10" s="63"/>
+      <c r="J10" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="K10" s="49"/>
-[...6 lines deleted...]
-      <c r="R10" s="190"/>
+      <c r="K10" s="6"/>
+      <c r="L10" s="163"/>
+      <c r="M10" s="163"/>
+      <c r="N10" s="163"/>
+      <c r="O10" s="163"/>
+      <c r="P10" s="164"/>
+      <c r="Q10" s="35"/>
+      <c r="R10" s="36"/>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A11" s="49"/>
-[...16 lines deleted...]
-      <c r="R11" s="192"/>
+      <c r="A11" s="6"/>
+      <c r="B11" s="6"/>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+      <c r="E11" s="6"/>
+      <c r="F11" s="6"/>
+      <c r="G11" s="6"/>
+      <c r="H11" s="6"/>
+      <c r="I11" s="64"/>
+      <c r="J11" s="11"/>
+      <c r="K11" s="12"/>
+      <c r="L11" s="165"/>
+      <c r="M11" s="165"/>
+      <c r="N11" s="165"/>
+      <c r="O11" s="165"/>
+      <c r="P11" s="166"/>
+      <c r="Q11" s="37"/>
+      <c r="R11" s="38"/>
     </row>
     <row r="12" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A12" s="49"/>
-[...16 lines deleted...]
-      <c r="R12" s="49"/>
+      <c r="A12" s="6"/>
+      <c r="B12" s="6"/>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+      <c r="H12" s="6"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="6"/>
+      <c r="K12" s="6"/>
+      <c r="L12" s="6"/>
+      <c r="M12" s="6"/>
+      <c r="N12" s="6"/>
+      <c r="O12" s="6"/>
+      <c r="P12" s="6"/>
+      <c r="Q12" s="6"/>
+      <c r="R12" s="6"/>
     </row>
     <row r="13" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="50" t="s">
+      <c r="A13" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="82"/>
-[...3 lines deleted...]
-      <c r="F13" s="86" t="s">
+      <c r="B13" s="46"/>
+      <c r="C13" s="157"/>
+      <c r="D13" s="158"/>
+      <c r="E13" s="159"/>
+      <c r="F13" s="50" t="s">
         <v>10</v>
       </c>
-      <c r="G13" s="87"/>
-[...12 lines deleted...]
-      <c r="R13" s="8"/>
+      <c r="G13" s="51"/>
+      <c r="H13" s="157"/>
+      <c r="I13" s="158"/>
+      <c r="J13" s="158"/>
+      <c r="K13" s="158"/>
+      <c r="L13" s="158"/>
+      <c r="M13" s="158"/>
+      <c r="N13" s="159"/>
+      <c r="O13" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="P13" s="160"/>
+      <c r="Q13" s="161"/>
+      <c r="R13" s="162"/>
     </row>
     <row r="14" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="50" t="s">
+      <c r="A14" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="82"/>
-[...3 lines deleted...]
-      <c r="F14" s="86" t="s">
+      <c r="B14" s="46"/>
+      <c r="C14" s="157"/>
+      <c r="D14" s="158"/>
+      <c r="E14" s="159"/>
+      <c r="F14" s="50" t="s">
         <v>10</v>
       </c>
-      <c r="G14" s="87"/>
-[...12 lines deleted...]
-      <c r="R14" s="8"/>
+      <c r="G14" s="51"/>
+      <c r="H14" s="157"/>
+      <c r="I14" s="158"/>
+      <c r="J14" s="158"/>
+      <c r="K14" s="158"/>
+      <c r="L14" s="158"/>
+      <c r="M14" s="158"/>
+      <c r="N14" s="159"/>
+      <c r="O14" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="P14" s="160"/>
+      <c r="Q14" s="161"/>
+      <c r="R14" s="162"/>
     </row>
     <row r="15" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="50" t="s">
+      <c r="A15" s="45" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="82"/>
-[...3 lines deleted...]
-      <c r="F15" s="86" t="s">
+      <c r="B15" s="46"/>
+      <c r="C15" s="157"/>
+      <c r="D15" s="158"/>
+      <c r="E15" s="159"/>
+      <c r="F15" s="50" t="s">
         <v>10</v>
       </c>
-      <c r="G15" s="87"/>
-[...12 lines deleted...]
-      <c r="R15" s="8"/>
+      <c r="G15" s="51"/>
+      <c r="H15" s="157"/>
+      <c r="I15" s="158"/>
+      <c r="J15" s="158"/>
+      <c r="K15" s="158"/>
+      <c r="L15" s="158"/>
+      <c r="M15" s="158"/>
+      <c r="N15" s="159"/>
+      <c r="O15" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="P15" s="160"/>
+      <c r="Q15" s="161"/>
+      <c r="R15" s="162"/>
     </row>
     <row r="16" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="50" t="s">
-[...6 lines deleted...]
-      <c r="F16" s="50" t="s">
+      <c r="A16" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="46"/>
+      <c r="E16" s="55"/>
+      <c r="F16" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" s="46"/>
+      <c r="H16" s="55"/>
+      <c r="I16" s="45" t="s">
+        <v>60</v>
+      </c>
+      <c r="J16" s="55"/>
+      <c r="K16" s="45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" s="55"/>
+      <c r="M16" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="N16" s="46"/>
+      <c r="O16" s="55"/>
+      <c r="P16" s="46" t="s">
         <v>36</v>
       </c>
-      <c r="G16" s="82"/>
-[...18 lines deleted...]
-      <c r="R16" s="51"/>
+      <c r="Q16" s="46"/>
+      <c r="R16" s="55"/>
     </row>
     <row r="17" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="31"/>
-[...9 lines deleted...]
-      <c r="I17" s="193"/>
+      <c r="A17" s="170"/>
+      <c r="B17" s="171"/>
+      <c r="C17" s="171"/>
+      <c r="D17" s="171"/>
+      <c r="E17" s="172"/>
+      <c r="F17" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" s="46"/>
+      <c r="H17" s="55"/>
+      <c r="I17" s="39"/>
       <c r="J17" s="5"/>
-      <c r="K17" s="6"/>
-[...11 lines deleted...]
-      <c r="Z17" s="111"/>
+      <c r="K17" s="160"/>
+      <c r="L17" s="162"/>
+      <c r="M17" s="160"/>
+      <c r="N17" s="161"/>
+      <c r="O17" s="162"/>
+      <c r="P17" s="160"/>
+      <c r="Q17" s="161"/>
+      <c r="R17" s="162"/>
+      <c r="V17" s="89"/>
+      <c r="W17" s="89"/>
+      <c r="X17" s="89"/>
+      <c r="Y17" s="89"/>
+      <c r="Z17" s="89"/>
     </row>
     <row r="18" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="34"/>
-[...9 lines deleted...]
-      <c r="I18" s="193"/>
+      <c r="A18" s="173"/>
+      <c r="B18" s="174"/>
+      <c r="C18" s="174"/>
+      <c r="D18" s="174"/>
+      <c r="E18" s="175"/>
+      <c r="F18" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" s="46"/>
+      <c r="H18" s="55"/>
+      <c r="I18" s="39"/>
       <c r="J18" s="5"/>
-      <c r="K18" s="6"/>
-[...6 lines deleted...]
-      <c r="R18" s="8"/>
+      <c r="K18" s="160"/>
+      <c r="L18" s="162"/>
+      <c r="M18" s="160"/>
+      <c r="N18" s="161"/>
+      <c r="O18" s="162"/>
+      <c r="P18" s="160"/>
+      <c r="Q18" s="161"/>
+      <c r="R18" s="162"/>
     </row>
     <row r="19" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A19" s="37"/>
-[...9 lines deleted...]
-      <c r="I19" s="193"/>
+      <c r="A19" s="176"/>
+      <c r="B19" s="177"/>
+      <c r="C19" s="177"/>
+      <c r="D19" s="177"/>
+      <c r="E19" s="178"/>
+      <c r="F19" s="45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" s="46"/>
+      <c r="H19" s="55"/>
+      <c r="I19" s="39"/>
       <c r="J19" s="5"/>
-      <c r="K19" s="6"/>
-[...6 lines deleted...]
-      <c r="R19" s="8"/>
+      <c r="K19" s="160"/>
+      <c r="L19" s="162"/>
+      <c r="M19" s="160"/>
+      <c r="N19" s="161"/>
+      <c r="O19" s="162"/>
+      <c r="P19" s="160"/>
+      <c r="Q19" s="161"/>
+      <c r="R19" s="162"/>
     </row>
     <row r="20" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A20" s="119" t="s">
-[...11 lines deleted...]
-      <c r="I20" s="193"/>
+      <c r="A20" s="83" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" s="84"/>
+      <c r="C20" s="84"/>
+      <c r="D20" s="84"/>
+      <c r="E20" s="85"/>
+      <c r="F20" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="G20" s="46"/>
+      <c r="H20" s="55"/>
+      <c r="I20" s="39"/>
       <c r="J20" s="5"/>
-      <c r="K20" s="6"/>
-[...6 lines deleted...]
-      <c r="R20" s="8"/>
+      <c r="K20" s="160"/>
+      <c r="L20" s="162"/>
+      <c r="M20" s="160"/>
+      <c r="N20" s="161"/>
+      <c r="O20" s="162"/>
+      <c r="P20" s="160"/>
+      <c r="Q20" s="161"/>
+      <c r="R20" s="162"/>
     </row>
     <row r="21" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A21" s="40"/>
-[...9 lines deleted...]
-      <c r="I21" s="193"/>
+      <c r="A21" s="179"/>
+      <c r="B21" s="180"/>
+      <c r="C21" s="180"/>
+      <c r="D21" s="180"/>
+      <c r="E21" s="181"/>
+      <c r="F21" s="45" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" s="46"/>
+      <c r="H21" s="55"/>
+      <c r="I21" s="39"/>
       <c r="J21" s="5"/>
-      <c r="K21" s="6"/>
-[...6 lines deleted...]
-      <c r="R21" s="8"/>
+      <c r="K21" s="160"/>
+      <c r="L21" s="162"/>
+      <c r="M21" s="160"/>
+      <c r="N21" s="161"/>
+      <c r="O21" s="162"/>
+      <c r="P21" s="160"/>
+      <c r="Q21" s="161"/>
+      <c r="R21" s="162"/>
     </row>
     <row r="22" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A22" s="19"/>
-[...9 lines deleted...]
-      <c r="I22" s="193"/>
+      <c r="A22" s="182"/>
+      <c r="B22" s="183"/>
+      <c r="C22" s="183"/>
+      <c r="D22" s="183"/>
+      <c r="E22" s="184"/>
+      <c r="F22" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="46"/>
+      <c r="H22" s="55"/>
+      <c r="I22" s="39"/>
       <c r="J22" s="5"/>
-      <c r="K22" s="6"/>
-[...6 lines deleted...]
-      <c r="R22" s="8"/>
+      <c r="K22" s="160"/>
+      <c r="L22" s="162"/>
+      <c r="M22" s="160"/>
+      <c r="N22" s="161"/>
+      <c r="O22" s="162"/>
+      <c r="P22" s="160"/>
+      <c r="Q22" s="161"/>
+      <c r="R22" s="162"/>
     </row>
     <row r="23" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A23" s="119" t="s">
-[...11 lines deleted...]
-      <c r="I23" s="193"/>
+      <c r="A23" s="83" t="s">
+        <v>46</v>
+      </c>
+      <c r="B23" s="84"/>
+      <c r="C23" s="84"/>
+      <c r="D23" s="84"/>
+      <c r="E23" s="85"/>
+      <c r="F23" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="G23" s="46"/>
+      <c r="H23" s="55"/>
+      <c r="I23" s="39"/>
       <c r="J23" s="5"/>
-      <c r="K23" s="6"/>
-[...6 lines deleted...]
-      <c r="R23" s="8"/>
+      <c r="K23" s="160"/>
+      <c r="L23" s="162"/>
+      <c r="M23" s="160"/>
+      <c r="N23" s="161"/>
+      <c r="O23" s="162"/>
+      <c r="P23" s="160"/>
+      <c r="Q23" s="161"/>
+      <c r="R23" s="162"/>
     </row>
     <row r="24" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A24" s="16"/>
-[...9 lines deleted...]
-      <c r="I24" s="193"/>
+      <c r="A24" s="185"/>
+      <c r="B24" s="186"/>
+      <c r="C24" s="186"/>
+      <c r="D24" s="186"/>
+      <c r="E24" s="187"/>
+      <c r="F24" s="167" t="s">
+        <v>70</v>
+      </c>
+      <c r="G24" s="168"/>
+      <c r="H24" s="169"/>
+      <c r="I24" s="39"/>
       <c r="J24" s="5"/>
-      <c r="K24" s="6"/>
-[...6 lines deleted...]
-      <c r="R24" s="8"/>
+      <c r="K24" s="160"/>
+      <c r="L24" s="162"/>
+      <c r="M24" s="160"/>
+      <c r="N24" s="161"/>
+      <c r="O24" s="162"/>
+      <c r="P24" s="160"/>
+      <c r="Q24" s="161"/>
+      <c r="R24" s="162"/>
     </row>
     <row r="25" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A25" s="19"/>
-[...9 lines deleted...]
-      <c r="I25" s="193"/>
+      <c r="A25" s="182"/>
+      <c r="B25" s="183"/>
+      <c r="C25" s="183"/>
+      <c r="D25" s="183"/>
+      <c r="E25" s="184"/>
+      <c r="F25" s="167" t="s">
+        <v>70</v>
+      </c>
+      <c r="G25" s="168"/>
+      <c r="H25" s="169"/>
+      <c r="I25" s="39"/>
       <c r="J25" s="5"/>
-      <c r="K25" s="6"/>
-[...6 lines deleted...]
-      <c r="R25" s="8"/>
+      <c r="K25" s="160"/>
+      <c r="L25" s="162"/>
+      <c r="M25" s="160"/>
+      <c r="N25" s="161"/>
+      <c r="O25" s="162"/>
+      <c r="P25" s="160"/>
+      <c r="Q25" s="161"/>
+      <c r="R25" s="162"/>
     </row>
     <row r="26" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A26" s="139" t="s">
-[...20 lines deleted...]
-      <c r="R26" s="8"/>
+      <c r="A26" s="112" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" s="113"/>
+      <c r="C26" s="113"/>
+      <c r="D26" s="113"/>
+      <c r="E26" s="113"/>
+      <c r="F26" s="113"/>
+      <c r="G26" s="113"/>
+      <c r="H26" s="113"/>
+      <c r="I26" s="113"/>
+      <c r="J26" s="113"/>
+      <c r="K26" s="114"/>
+      <c r="L26" s="45" t="s">
+        <v>40</v>
+      </c>
+      <c r="M26" s="46"/>
+      <c r="N26" s="46"/>
+      <c r="O26" s="55"/>
+      <c r="P26" s="160"/>
+      <c r="Q26" s="161"/>
+      <c r="R26" s="162"/>
     </row>
     <row r="27" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="22"/>
-[...10 lines deleted...]
-      <c r="L27" s="86" t="s">
+      <c r="A27" s="188"/>
+      <c r="B27" s="189"/>
+      <c r="C27" s="189"/>
+      <c r="D27" s="189"/>
+      <c r="E27" s="189"/>
+      <c r="F27" s="189"/>
+      <c r="G27" s="189"/>
+      <c r="H27" s="189"/>
+      <c r="I27" s="189"/>
+      <c r="J27" s="189"/>
+      <c r="K27" s="190"/>
+      <c r="L27" s="50" t="s">
         <v>11</v>
       </c>
-      <c r="M27" s="87"/>
-[...3 lines deleted...]
-      <c r="O27" s="146" t="s">
+      <c r="M27" s="51"/>
+      <c r="N27" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="O27" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="P27" s="6"/>
-[...1 lines deleted...]
-      <c r="R27" s="8"/>
+      <c r="P27" s="160"/>
+      <c r="Q27" s="161"/>
+      <c r="R27" s="162"/>
     </row>
     <row r="28" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A28" s="25"/>
-[...12 lines deleted...]
-      <c r="N28" s="152">
+      <c r="A28" s="191"/>
+      <c r="B28" s="192"/>
+      <c r="C28" s="192"/>
+      <c r="D28" s="192"/>
+      <c r="E28" s="192"/>
+      <c r="F28" s="192"/>
+      <c r="G28" s="192"/>
+      <c r="H28" s="192"/>
+      <c r="I28" s="192"/>
+      <c r="J28" s="192"/>
+      <c r="K28" s="193"/>
+      <c r="L28" s="115"/>
+      <c r="M28" s="116"/>
+      <c r="N28" s="21">
         <v>10</v>
       </c>
-      <c r="O28" s="146" t="s">
+      <c r="O28" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="P28" s="6"/>
-[...1 lines deleted...]
-      <c r="R28" s="8"/>
+      <c r="P28" s="160"/>
+      <c r="Q28" s="161"/>
+      <c r="R28" s="162"/>
     </row>
     <row r="29" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A29" s="25"/>
-[...18 lines deleted...]
-      <c r="R29" s="8"/>
+      <c r="A29" s="191"/>
+      <c r="B29" s="192"/>
+      <c r="C29" s="192"/>
+      <c r="D29" s="192"/>
+      <c r="E29" s="192"/>
+      <c r="F29" s="192"/>
+      <c r="G29" s="192"/>
+      <c r="H29" s="192"/>
+      <c r="I29" s="192"/>
+      <c r="J29" s="192"/>
+      <c r="K29" s="193"/>
+      <c r="L29" s="45" t="s">
+        <v>36</v>
+      </c>
+      <c r="M29" s="55"/>
+      <c r="N29" s="45"/>
+      <c r="O29" s="55"/>
+      <c r="P29" s="160"/>
+      <c r="Q29" s="161"/>
+      <c r="R29" s="162"/>
     </row>
     <row r="30" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A30" s="25"/>
-[...10 lines deleted...]
-      <c r="L30" s="86" t="s">
+      <c r="A30" s="191"/>
+      <c r="B30" s="192"/>
+      <c r="C30" s="192"/>
+      <c r="D30" s="192"/>
+      <c r="E30" s="192"/>
+      <c r="F30" s="192"/>
+      <c r="G30" s="192"/>
+      <c r="H30" s="192"/>
+      <c r="I30" s="192"/>
+      <c r="J30" s="192"/>
+      <c r="K30" s="193"/>
+      <c r="L30" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="M30" s="87"/>
-[...8 lines deleted...]
-      <c r="R30" s="8"/>
+      <c r="M30" s="51"/>
+      <c r="N30" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="O30" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="P30" s="160"/>
+      <c r="Q30" s="161"/>
+      <c r="R30" s="162"/>
     </row>
     <row r="31" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A31" s="25"/>
-[...12 lines deleted...]
-      <c r="N31" s="158">
+      <c r="A31" s="191"/>
+      <c r="B31" s="192"/>
+      <c r="C31" s="192"/>
+      <c r="D31" s="192"/>
+      <c r="E31" s="192"/>
+      <c r="F31" s="192"/>
+      <c r="G31" s="192"/>
+      <c r="H31" s="192"/>
+      <c r="I31" s="192"/>
+      <c r="J31" s="192"/>
+      <c r="K31" s="193"/>
+      <c r="L31" s="132"/>
+      <c r="M31" s="133"/>
+      <c r="N31" s="22">
         <v>10</v>
       </c>
-      <c r="O31" s="159" t="s">
-[...4 lines deleted...]
-      <c r="R31" s="8"/>
+      <c r="O31" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="P31" s="160"/>
+      <c r="Q31" s="161"/>
+      <c r="R31" s="162"/>
     </row>
     <row r="32" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A32" s="25"/>
-[...18 lines deleted...]
-      <c r="R32" s="8"/>
+      <c r="A32" s="191"/>
+      <c r="B32" s="192"/>
+      <c r="C32" s="192"/>
+      <c r="D32" s="192"/>
+      <c r="E32" s="192"/>
+      <c r="F32" s="192"/>
+      <c r="G32" s="192"/>
+      <c r="H32" s="192"/>
+      <c r="I32" s="192"/>
+      <c r="J32" s="192"/>
+      <c r="K32" s="193"/>
+      <c r="L32" s="115"/>
+      <c r="M32" s="116"/>
+      <c r="N32" s="45" t="s">
+        <v>43</v>
+      </c>
+      <c r="O32" s="55"/>
+      <c r="P32" s="160"/>
+      <c r="Q32" s="161"/>
+      <c r="R32" s="162"/>
     </row>
     <row r="33" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A33" s="4" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-      <c r="D33" s="184"/>
+        <v>56</v>
+      </c>
+      <c r="B33" s="34" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" s="34"/>
+      <c r="D33" s="34"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="2"/>
-      <c r="L33" s="50" t="s">
-[...7 lines deleted...]
-      <c r="R33" s="8"/>
+      <c r="L33" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="M33" s="46"/>
+      <c r="N33" s="46"/>
+      <c r="O33" s="55"/>
+      <c r="P33" s="160"/>
+      <c r="Q33" s="161"/>
+      <c r="R33" s="162"/>
     </row>
     <row r="34" spans="1:18" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A34" s="164" t="s">
+      <c r="A34" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="B34" s="49"/>
-[...15 lines deleted...]
-      <c r="R34" s="49"/>
+      <c r="B34" s="6"/>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+      <c r="E34" s="6"/>
+      <c r="F34" s="6"/>
+      <c r="G34" s="6"/>
+      <c r="H34" s="6"/>
+      <c r="I34" s="6"/>
+      <c r="J34" s="6"/>
+      <c r="K34" s="6"/>
+      <c r="L34" s="29"/>
+      <c r="M34" s="29"/>
+      <c r="N34" s="29"/>
+      <c r="O34" s="29"/>
+      <c r="P34" s="6"/>
+      <c r="Q34" s="6"/>
+      <c r="R34" s="6"/>
     </row>
     <row r="35" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A35" s="49"/>
-[...16 lines deleted...]
-      <c r="R35" s="49"/>
+      <c r="A35" s="6"/>
+      <c r="B35" s="6"/>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+      <c r="E35" s="6"/>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+      <c r="H35" s="6"/>
+      <c r="I35" s="6"/>
+      <c r="J35" s="6"/>
+      <c r="K35" s="6"/>
+      <c r="L35" s="6"/>
+      <c r="M35" s="6"/>
+      <c r="N35" s="6"/>
+      <c r="O35" s="6"/>
+      <c r="P35" s="6"/>
+      <c r="Q35" s="6"/>
+      <c r="R35" s="6"/>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A36" s="49" t="s">
+      <c r="A36" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B36" s="49"/>
-[...15 lines deleted...]
-      <c r="R36" s="49"/>
+      <c r="B36" s="6"/>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+      <c r="E36" s="6"/>
+      <c r="F36" s="6"/>
+      <c r="G36" s="6"/>
+      <c r="H36" s="6"/>
+      <c r="I36" s="6"/>
+      <c r="J36" s="6"/>
+      <c r="K36" s="6"/>
+      <c r="L36" s="6"/>
+      <c r="M36" s="6"/>
+      <c r="N36" s="6"/>
+      <c r="O36" s="6"/>
+      <c r="P36" s="6"/>
+      <c r="Q36" s="6"/>
+      <c r="R36" s="6"/>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A37" s="166" t="s">
+      <c r="A37" s="123" t="s">
         <v>16</v>
       </c>
-      <c r="B37" s="167"/>
-      <c r="C37" s="86" t="s">
+      <c r="B37" s="124"/>
+      <c r="C37" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="D37" s="168"/>
-[...7 lines deleted...]
-      <c r="L37" s="86" t="s">
+      <c r="D37" s="125"/>
+      <c r="E37" s="125"/>
+      <c r="F37" s="125"/>
+      <c r="G37" s="125"/>
+      <c r="H37" s="125"/>
+      <c r="I37" s="125"/>
+      <c r="J37" s="125"/>
+      <c r="K37" s="125"/>
+      <c r="L37" s="50" t="s">
         <v>18</v>
       </c>
-      <c r="M37" s="168"/>
-[...4 lines deleted...]
-      <c r="R37" s="87"/>
+      <c r="M37" s="125"/>
+      <c r="N37" s="125"/>
+      <c r="O37" s="125"/>
+      <c r="P37" s="125"/>
+      <c r="Q37" s="125"/>
+      <c r="R37" s="51"/>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A38" s="169" t="s">
+      <c r="A38" s="127" t="s">
         <v>19</v>
       </c>
-      <c r="B38" s="170"/>
-[...15 lines deleted...]
-      <c r="R38" s="151"/>
+      <c r="B38" s="128"/>
+      <c r="C38" s="115"/>
+      <c r="D38" s="126"/>
+      <c r="E38" s="126"/>
+      <c r="F38" s="126"/>
+      <c r="G38" s="126"/>
+      <c r="H38" s="126"/>
+      <c r="I38" s="126"/>
+      <c r="J38" s="126"/>
+      <c r="K38" s="126"/>
+      <c r="L38" s="115"/>
+      <c r="M38" s="126"/>
+      <c r="N38" s="126"/>
+      <c r="O38" s="126"/>
+      <c r="P38" s="126"/>
+      <c r="Q38" s="126"/>
+      <c r="R38" s="116"/>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A39" s="60"/>
-[...16 lines deleted...]
-      <c r="R39" s="173"/>
+      <c r="A39" s="8"/>
+      <c r="B39" s="30"/>
+      <c r="C39" s="8"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="30"/>
+      <c r="F39" s="30"/>
+      <c r="G39" s="30"/>
+      <c r="H39" s="30"/>
+      <c r="I39" s="30"/>
+      <c r="J39" s="30"/>
+      <c r="K39" s="30"/>
+      <c r="L39" s="8"/>
+      <c r="M39" s="30"/>
+      <c r="N39" s="30"/>
+      <c r="O39" s="30"/>
+      <c r="P39" s="30"/>
+      <c r="Q39" s="30"/>
+      <c r="R39" s="31"/>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A40" s="66"/>
-[...16 lines deleted...]
-      <c r="R40" s="69"/>
+      <c r="A40" s="9"/>
+      <c r="B40" s="6"/>
+      <c r="C40" s="9"/>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="6"/>
+      <c r="H40" s="6"/>
+      <c r="I40" s="6"/>
+      <c r="J40" s="6"/>
+      <c r="K40" s="6"/>
+      <c r="L40" s="9"/>
+      <c r="M40" s="6"/>
+      <c r="N40" s="6"/>
+      <c r="O40" s="6"/>
+      <c r="P40" s="6"/>
+      <c r="Q40" s="6"/>
+      <c r="R40" s="10"/>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A41" s="66"/>
-[...16 lines deleted...]
-      <c r="R41" s="69"/>
+      <c r="A41" s="9"/>
+      <c r="B41" s="6"/>
+      <c r="C41" s="9"/>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6"/>
+      <c r="H41" s="6"/>
+      <c r="I41" s="6"/>
+      <c r="J41" s="6"/>
+      <c r="K41" s="6"/>
+      <c r="L41" s="9"/>
+      <c r="M41" s="6"/>
+      <c r="N41" s="6"/>
+      <c r="O41" s="6"/>
+      <c r="P41" s="6"/>
+      <c r="Q41" s="6"/>
+      <c r="R41" s="10"/>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A42" s="66"/>
-[...16 lines deleted...]
-      <c r="R42" s="69"/>
+      <c r="A42" s="9"/>
+      <c r="B42" s="6"/>
+      <c r="C42" s="9"/>
+      <c r="D42" s="6"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6"/>
+      <c r="H42" s="6"/>
+      <c r="I42" s="6"/>
+      <c r="J42" s="6"/>
+      <c r="K42" s="6"/>
+      <c r="L42" s="9"/>
+      <c r="M42" s="6"/>
+      <c r="N42" s="6"/>
+      <c r="O42" s="6"/>
+      <c r="P42" s="6"/>
+      <c r="Q42" s="6"/>
+      <c r="R42" s="10"/>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A43" s="77"/>
-[...16 lines deleted...]
-      <c r="R43" s="80"/>
+      <c r="A43" s="11"/>
+      <c r="B43" s="12"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="12"/>
+      <c r="E43" s="12"/>
+      <c r="F43" s="12"/>
+      <c r="G43" s="12"/>
+      <c r="H43" s="12"/>
+      <c r="I43" s="12"/>
+      <c r="J43" s="12"/>
+      <c r="K43" s="12"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="12"/>
+      <c r="N43" s="12"/>
+      <c r="O43" s="12"/>
+      <c r="P43" s="12"/>
+      <c r="Q43" s="12"/>
+      <c r="R43" s="13"/>
     </row>
     <row r="44" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A44" s="77" t="s">
+      <c r="A44" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="B44" s="78"/>
-[...2 lines deleted...]
-      <c r="E44" s="78" t="s">
+      <c r="B44" s="12"/>
+      <c r="C44" s="45"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="F44" s="152" t="s">
+      <c r="F44" s="21" t="s">
         <v>22</v>
       </c>
-      <c r="G44" s="146"/>
-[...3 lines deleted...]
-      <c r="K44" s="152" t="s">
+      <c r="G44" s="20"/>
+      <c r="H44" s="12"/>
+      <c r="I44" s="12"/>
+      <c r="J44" s="12"/>
+      <c r="K44" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="L44" s="78"/>
-[...5 lines deleted...]
-      <c r="R44" s="176"/>
+      <c r="L44" s="12"/>
+      <c r="M44" s="141"/>
+      <c r="N44" s="142"/>
+      <c r="O44" s="142"/>
+      <c r="P44" s="142"/>
+      <c r="Q44" s="142"/>
+      <c r="R44" s="143"/>
     </row>
     <row r="45" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A45" s="86" t="s">
-[...15 lines deleted...]
-      <c r="M45" s="50">
+      <c r="A45" s="45" t="s">
+        <v>74</v>
+      </c>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="55"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="46"/>
+      <c r="I45" s="55"/>
+      <c r="J45" s="45" t="s">
+        <v>51</v>
+      </c>
+      <c r="K45" s="125"/>
+      <c r="L45" s="51"/>
+      <c r="M45" s="45">
         <v>5561</v>
       </c>
-      <c r="N45" s="51"/>
-      <c r="O45" s="50">
+      <c r="N45" s="55"/>
+      <c r="O45" s="45">
         <v>6561</v>
       </c>
-      <c r="P45" s="51"/>
-[...3 lines deleted...]
-      <c r="R45" s="51"/>
+      <c r="P45" s="55"/>
+      <c r="Q45" s="45" t="s">
+        <v>48</v>
+      </c>
+      <c r="R45" s="55"/>
     </row>
     <row r="46" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A46" s="50" t="s">
+      <c r="A46" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46" s="55"/>
+      <c r="C46" s="32"/>
+      <c r="D46" s="32"/>
+      <c r="E46" s="32"/>
+      <c r="F46" s="32"/>
+      <c r="G46" s="32"/>
+      <c r="H46" s="32"/>
+      <c r="I46" s="32"/>
+      <c r="J46" s="32"/>
+      <c r="K46" s="32" t="s">
         <v>25</v>
       </c>
-      <c r="B46" s="51"/>
-[...17 lines deleted...]
-      <c r="R46" s="146"/>
+      <c r="L46" s="32"/>
+      <c r="M46" s="32"/>
+      <c r="N46" s="32"/>
+      <c r="O46" s="32"/>
+      <c r="P46" s="32"/>
+      <c r="Q46" s="32"/>
+      <c r="R46" s="20"/>
     </row>
     <row r="47" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="178" t="s">
+      <c r="A47" s="140" t="s">
+        <v>26</v>
+      </c>
+      <c r="B47" s="140"/>
+      <c r="C47" s="140">
+        <v>172</v>
+      </c>
+      <c r="D47" s="140"/>
+      <c r="E47" s="140" t="s">
         <v>27</v>
       </c>
-      <c r="B47" s="178"/>
-      <c r="C47" s="178">
+      <c r="F47" s="140"/>
+      <c r="G47" s="140">
         <v>172</v>
       </c>
-      <c r="D47" s="178"/>
-      <c r="E47" s="178" t="s">
+      <c r="H47" s="140"/>
+      <c r="I47" s="140" t="s">
         <v>28</v>
       </c>
-      <c r="F47" s="178"/>
-      <c r="G47" s="178">
+      <c r="J47" s="140"/>
+      <c r="K47" s="140">
         <v>172</v>
       </c>
-      <c r="H47" s="178"/>
-      <c r="I47" s="178" t="s">
+      <c r="L47" s="140"/>
+      <c r="M47" s="140" t="s">
         <v>29</v>
       </c>
-      <c r="J47" s="178"/>
-      <c r="K47" s="178">
+      <c r="N47" s="140"/>
+      <c r="O47" s="140">
         <v>172</v>
       </c>
-      <c r="L47" s="178"/>
-[...9 lines deleted...]
-      <c r="R47" s="49"/>
+      <c r="P47" s="140"/>
+      <c r="Q47" s="6"/>
+      <c r="R47" s="6"/>
     </row>
     <row r="48" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A48" s="178" t="s">
-[...24 lines deleted...]
-      <c r="R48" s="49"/>
+      <c r="A48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="B48" s="140"/>
+      <c r="C48" s="140"/>
+      <c r="D48" s="140"/>
+      <c r="E48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="F48" s="140"/>
+      <c r="G48" s="140"/>
+      <c r="H48" s="140"/>
+      <c r="I48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="J48" s="140"/>
+      <c r="K48" s="140"/>
+      <c r="L48" s="140"/>
+      <c r="M48" s="140" t="s">
+        <v>30</v>
+      </c>
+      <c r="N48" s="140"/>
+      <c r="O48" s="140"/>
+      <c r="P48" s="140"/>
+      <c r="Q48" s="6"/>
+      <c r="R48" s="6"/>
     </row>
     <row r="49" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A49" s="50" t="s">
-[...24 lines deleted...]
-      <c r="R49" s="49"/>
+      <c r="A49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="55"/>
+      <c r="E49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="F49" s="46"/>
+      <c r="G49" s="46"/>
+      <c r="H49" s="55"/>
+      <c r="I49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="J49" s="46"/>
+      <c r="K49" s="46"/>
+      <c r="L49" s="55"/>
+      <c r="M49" s="45" t="s">
+        <v>31</v>
+      </c>
+      <c r="N49" s="46"/>
+      <c r="O49" s="46"/>
+      <c r="P49" s="55"/>
+      <c r="Q49" s="6"/>
+      <c r="R49" s="6"/>
     </row>
     <row r="50" spans="1:18" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A50" s="179"/>
-[...16 lines deleted...]
-      <c r="R50" s="49"/>
+      <c r="A50" s="144"/>
+      <c r="B50" s="145"/>
+      <c r="C50" s="145"/>
+      <c r="D50" s="146"/>
+      <c r="E50" s="144"/>
+      <c r="F50" s="145"/>
+      <c r="G50" s="145"/>
+      <c r="H50" s="146"/>
+      <c r="I50" s="144"/>
+      <c r="J50" s="145"/>
+      <c r="K50" s="145"/>
+      <c r="L50" s="146"/>
+      <c r="M50" s="144"/>
+      <c r="N50" s="145"/>
+      <c r="O50" s="145"/>
+      <c r="P50" s="146"/>
+      <c r="Q50" s="6"/>
+      <c r="R50" s="6"/>
     </row>
     <row r="51" spans="1:18" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A51" s="182"/>
-[...16 lines deleted...]
-      <c r="R51" s="49"/>
+      <c r="A51" s="33"/>
+      <c r="B51" s="33"/>
+      <c r="C51" s="33"/>
+      <c r="D51" s="33"/>
+      <c r="E51" s="33"/>
+      <c r="F51" s="33"/>
+      <c r="G51" s="33"/>
+      <c r="H51" s="33"/>
+      <c r="I51" s="33"/>
+      <c r="J51" s="33"/>
+      <c r="K51" s="33"/>
+      <c r="L51" s="33"/>
+      <c r="M51" s="33"/>
+      <c r="N51" s="33"/>
+      <c r="O51" s="33"/>
+      <c r="P51" s="33"/>
+      <c r="Q51" s="6"/>
+      <c r="R51" s="6"/>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A52" s="49" t="s">
-[...18 lines deleted...]
-      <c r="R52" s="183"/>
+      <c r="A52" s="6"/>
+      <c r="B52" s="6"/>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6"/>
+      <c r="E52" s="6"/>
+      <c r="F52" s="6"/>
+      <c r="G52" s="6"/>
+      <c r="H52" s="6"/>
+      <c r="I52" s="6"/>
+      <c r="J52" s="6"/>
+      <c r="K52" s="6"/>
+      <c r="L52" s="6"/>
+      <c r="M52" s="6"/>
+      <c r="N52" s="6"/>
+      <c r="O52" s="6"/>
+      <c r="P52" s="6"/>
+      <c r="Q52" s="40"/>
+      <c r="R52" s="40"/>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.4">
-      <c r="A53" s="49"/>
-[...18 lines deleted...]
-      </c>
+      <c r="A53" s="6"/>
+      <c r="B53" s="6"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6"/>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6"/>
+      <c r="H53" s="6"/>
+      <c r="I53" s="6"/>
+      <c r="J53" s="6"/>
+      <c r="K53" s="6"/>
+      <c r="L53" s="6"/>
+      <c r="M53" s="6"/>
+      <c r="N53" s="6"/>
+      <c r="O53" s="6"/>
+      <c r="P53" s="6"/>
+      <c r="Q53" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="R53" s="33"/>
     </row>
-    <row r="54" spans="1:18" x14ac:dyDescent="0.4">
-[...17 lines deleted...]
-      <c r="R54" s="49"/>
+    <row r="54" spans="1:18" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A54" s="6"/>
+      <c r="B54" s="6"/>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6"/>
+      <c r="E54" s="6"/>
+      <c r="F54" s="6"/>
+      <c r="G54" s="6"/>
+      <c r="H54" s="6"/>
+      <c r="I54" s="6"/>
+      <c r="J54" s="6"/>
+      <c r="K54" s="6"/>
+      <c r="L54" s="6"/>
+      <c r="M54" s="6"/>
+      <c r="N54" s="6"/>
+      <c r="O54" s="6"/>
+      <c r="P54" s="6"/>
+      <c r="Q54" s="40"/>
+      <c r="R54" s="40"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="f2k6dM00Pcm6gteaPSCtY1Il9X9bPndnvlZcFaAZUXt77K808GKwlqmmZL1tRyNc8qPFAyLgjTl0DGMN4hq5Zw==" saltValue="qX7kuRWgy/m3VZchmeEBOQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-[...24 lines deleted...]
-    <mergeCell ref="I16:J16"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="75MYuTQ1In9g/ey1WthNBnIA9XsW0uLRa/g3QGKU9Z0SySJ9InKKvn0/Y9cHlxhCq+HcwzGk2ppFWMhFWYs+aA==" saltValue="hndWwEjS1EAwG6n2Jih+Gg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <mergeCells count="134">
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="K19:L19"/>
+    <mergeCell ref="M20:O20"/>
+    <mergeCell ref="M21:O21"/>
     <mergeCell ref="F16:H16"/>
-    <mergeCell ref="L10:P11"/>
-[...19 lines deleted...]
-    <mergeCell ref="K20:L20"/>
+    <mergeCell ref="P21:R21"/>
+    <mergeCell ref="F22:H22"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="N29:O29"/>
+    <mergeCell ref="P29:R29"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="P26:R26"/>
+    <mergeCell ref="M23:O23"/>
+    <mergeCell ref="M24:O24"/>
+    <mergeCell ref="P23:R23"/>
+    <mergeCell ref="P24:R24"/>
+    <mergeCell ref="H14:N14"/>
+    <mergeCell ref="H15:N15"/>
+    <mergeCell ref="C37:K38"/>
+    <mergeCell ref="L37:R38"/>
+    <mergeCell ref="A38:B38"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="M18:O18"/>
     <mergeCell ref="M19:O19"/>
     <mergeCell ref="F20:H20"/>
     <mergeCell ref="F21:H21"/>
     <mergeCell ref="F23:H23"/>
+    <mergeCell ref="M22:O22"/>
+    <mergeCell ref="F25:H25"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="M17:O17"/>
+    <mergeCell ref="P20:R20"/>
+    <mergeCell ref="M44:R44"/>
+    <mergeCell ref="J45:L45"/>
+    <mergeCell ref="M45:N45"/>
+    <mergeCell ref="O45:P45"/>
+    <mergeCell ref="Q45:R45"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="E45:I45"/>
+    <mergeCell ref="A45:D45"/>
+    <mergeCell ref="Q52:R52"/>
+    <mergeCell ref="A49:D49"/>
+    <mergeCell ref="E49:H49"/>
+    <mergeCell ref="I49:L49"/>
+    <mergeCell ref="M49:P49"/>
+    <mergeCell ref="A50:D50"/>
+    <mergeCell ref="E50:H50"/>
+    <mergeCell ref="I50:L50"/>
+    <mergeCell ref="M50:P50"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="C48:D48"/>
     <mergeCell ref="E48:F48"/>
     <mergeCell ref="V17:Z17"/>
     <mergeCell ref="A23:E23"/>
     <mergeCell ref="A24:E25"/>
     <mergeCell ref="P18:R18"/>
     <mergeCell ref="P19:R19"/>
     <mergeCell ref="G48:H48"/>
     <mergeCell ref="I48:J48"/>
     <mergeCell ref="K48:L48"/>
     <mergeCell ref="M48:N48"/>
     <mergeCell ref="O48:P48"/>
     <mergeCell ref="A27:K32"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="C47:D47"/>
     <mergeCell ref="E47:F47"/>
     <mergeCell ref="G47:H47"/>
     <mergeCell ref="I47:J47"/>
     <mergeCell ref="K47:L47"/>
     <mergeCell ref="M47:N47"/>
     <mergeCell ref="O47:P47"/>
     <mergeCell ref="A37:B37"/>
-    <mergeCell ref="Q52:R52"/>
-[...18 lines deleted...]
-    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="P25:R25"/>
+    <mergeCell ref="K20:L20"/>
+    <mergeCell ref="P30:R30"/>
+    <mergeCell ref="P32:R32"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="L10:P11"/>
+    <mergeCell ref="P31:R31"/>
+    <mergeCell ref="A26:K26"/>
+    <mergeCell ref="L26:O26"/>
+    <mergeCell ref="P16:R16"/>
+    <mergeCell ref="P17:R17"/>
+    <mergeCell ref="F17:H17"/>
+    <mergeCell ref="F18:H18"/>
+    <mergeCell ref="F19:H19"/>
+    <mergeCell ref="A16:E16"/>
+    <mergeCell ref="M16:O16"/>
+    <mergeCell ref="K16:L16"/>
+    <mergeCell ref="M25:O25"/>
+    <mergeCell ref="F24:H24"/>
+    <mergeCell ref="P22:R22"/>
+    <mergeCell ref="A17:E19"/>
+    <mergeCell ref="A21:E22"/>
+    <mergeCell ref="P13:R13"/>
+    <mergeCell ref="P14:R14"/>
+    <mergeCell ref="P15:R15"/>
+    <mergeCell ref="H13:N13"/>
+    <mergeCell ref="Q54:R54"/>
+    <mergeCell ref="K9:P9"/>
+    <mergeCell ref="K8:P8"/>
+    <mergeCell ref="K7:P7"/>
+    <mergeCell ref="K6:P6"/>
+    <mergeCell ref="K5:P5"/>
+    <mergeCell ref="K4:P4"/>
+    <mergeCell ref="M1:N1"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="O1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A4:E5"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:I11"/>
     <mergeCell ref="Q4:R4"/>
     <mergeCell ref="G5:H6"/>
-    <mergeCell ref="M22:O22"/>
-[...10 lines deleted...]
-    <mergeCell ref="H15:N15"/>
     <mergeCell ref="C13:E13"/>
-    <mergeCell ref="C14:E14"/>
-[...14 lines deleted...]
-    <mergeCell ref="P24:R24"/>
+    <mergeCell ref="L33:O33"/>
+    <mergeCell ref="P33:R33"/>
+    <mergeCell ref="L27:M28"/>
+    <mergeCell ref="P27:R27"/>
+    <mergeCell ref="P28:R28"/>
+    <mergeCell ref="L30:M32"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <conditionalFormatting sqref="I17:I25">
-    <cfRule type="expression" dxfId="1" priority="2">
+    <cfRule type="expression" dxfId="1" priority="1">
+      <formula>I17&lt;&gt;INT(I17)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="2">
       <formula>I17=INT(I17)</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>I17&lt;&gt;INT(I17)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A33" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"□,☑"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.55118110236220474" bottom="0.39370078740157483" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="87" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>